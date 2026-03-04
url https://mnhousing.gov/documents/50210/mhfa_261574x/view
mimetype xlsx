--- v0 (2025-11-22)
+++ v1 (2026-03-04)
@@ -1,15270 +1,6387 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="23127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\mhfa_divisions\MHFA Central\Project folder\Active Projects\MF PORT\XML\BA WIP\Schema documentation\Landing Page and User docs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\PROW16FS01\Information Systems\EPMO\Systems Business Analysis\Functional Documentation\PORT XML\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA8579EB-721E-47E1-A81F-FE3D7C1CFC4C}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7CCCDCD5-7EED-448D-98E1-129788C102F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-12672" yWindow="13008" windowWidth="21600" windowHeight="11388" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Property Elements" sheetId="2" r:id="rId1"/>
-[...4 lines deleted...]
-    <sheet name="Full schema Extract" sheetId="23" state="hidden" r:id="rId6"/>
+    <sheet name="About this workbook" sheetId="4" r:id="rId1"/>
+    <sheet name="Property Elements" sheetId="1" r:id="rId2"/>
+    <sheet name="Unit Events" sheetId="2" r:id="rId3"/>
+    <sheet name="MHFA Types" sheetId="3" r:id="rId4"/>
+    <sheet name="Example only D0000" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Unit Events Elements'!$A$2:$H$100</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'MHFA Types'!$A$1:$I$68</definedName>
+    <definedName name="Minnesota_Housing__PORT_Schema_Definitions_for_XML_Upload_of_Unit_Events_and_Tenant_Data" comment="Title page header">'About this workbook'!$A$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1808" uniqueCount="439">
-[...4 lines deleted...]
-    <t>name</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="698" uniqueCount="271">
+  <si>
+    <t>Element</t>
+  </si>
+  <si>
+    <t>Property</t>
+  </si>
+  <si>
+    <t>UnitEvents</t>
   </si>
   <si>
     <t>maxOccurs</t>
   </si>
   <si>
-    <t>ref</t>
-[...2 lines deleted...]
-    <t>type</t>
+    <t>maxOccurs2</t>
+  </si>
+  <si>
+    <t>unbounded</t>
+  </si>
+  <si>
+    <t>Events element</t>
+  </si>
+  <si>
+    <t>MOVE_IN</t>
+  </si>
+  <si>
+    <t>MOVE_OUT</t>
+  </si>
+  <si>
+    <t>TRANSFER</t>
+  </si>
+  <si>
+    <t>SUMMARY_INITIAL_CERT</t>
+  </si>
+  <si>
+    <t>SUMMARY_RE_CERT</t>
+  </si>
+  <si>
+    <t>SUMMARY_OTHER_CERT</t>
+  </si>
+  <si>
+    <t>DETAILED_INITIAL_CERT</t>
+  </si>
+  <si>
+    <t>DETAILED_RE_CERT</t>
+  </si>
+  <si>
+    <t>DETAILED_OTHER_CERT</t>
+  </si>
+  <si>
+    <t>CHG_HH_PROGRAM</t>
+  </si>
+  <si>
+    <t>CHG_HH_UNRESTRICTED</t>
+  </si>
+  <si>
+    <t>PUE_MOVE_IN</t>
+  </si>
+  <si>
+    <t>PUE_MOVE_OUT</t>
+  </si>
+  <si>
+    <t>PUE_TRANSER</t>
+  </si>
+  <si>
+    <t>PUE_SUMMARY_CERT</t>
+  </si>
+  <si>
+    <t>PUE_DETAILED_CERT</t>
+  </si>
+  <si>
+    <t>PUE_CHG_HH_PROGRAM</t>
+  </si>
+  <si>
+    <t>PUE_CHG_HH_UNRESTRICTED</t>
   </si>
   <si>
     <t>minOccurs</t>
   </si>
   <si>
+    <t>Attributes</t>
+  </si>
+  <si>
+    <t>MhfaPropertyNumber</t>
+  </si>
+  <si>
+    <t>PropertyName</t>
+  </si>
+  <si>
+    <t>VendorName</t>
+  </si>
+  <si>
+    <t>CreateDate</t>
+  </si>
+  <si>
+    <t>xs:string</t>
+  </si>
+  <si>
+    <t>xs:date</t>
+  </si>
+  <si>
+    <t>Data Type</t>
+  </si>
+  <si>
     <t>use</t>
   </si>
   <si>
+    <t>required</t>
+  </si>
+  <si>
+    <t>optional</t>
+  </si>
+  <si>
+    <t>User Instructions and Notes</t>
+  </si>
+  <si>
+    <t>The Minnesota Housing PORT schema begins with Property Elements, with reference to individual Unit Events Elements detailed on the next tab. The"MHFA Type" tab contains data elements unique to the PORT database.</t>
+  </si>
+  <si>
+    <t>A unit becomes occupied. Units must be vacant or empty prior to move in. For any unit, a move out (or transfer out) and subsequent move- in may not be processed on the same day. Unit may be program, or Market rate.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transfer in and transfer out are on the same date. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">If detailed cert does not apply, summary cert will apply for Minnesota Housing deferred loans. </t>
+  </si>
+  <si>
+    <t>The detailed initial cert is required for HTC, Section 1602, TCAP, HOME, NHTF, MARIF programs. (If none of those are on the Program list in PORT for this household, then a Summary cert will apply.)</t>
+  </si>
+  <si>
+    <t>The detailed recert is required for HTC, Section 1602, TCAP, HOME, NHTF, MARIF programs. (If none of those are on the Program list in PORT for this household, then a Summary cert will apply.)</t>
+  </si>
+  <si>
+    <t>The detailed other cert is required for HTC, Section 1602, TCAP, HOME, NHTF, MARIF programs. (If none of those are on the Program list in PORT for this household, then a Summary cert will apply.)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Processed to change the Program for the Household, outside of annual recertification. </t>
+  </si>
+  <si>
+    <t>Processed to change the Household from Program to Unrestricted.</t>
+  </si>
+  <si>
+    <t>Reference</t>
+  </si>
+  <si>
+    <t>Requires the Minnesota Housing D number assigned in PORT system.</t>
+  </si>
+  <si>
+    <t>Unit Events: Main Element Type</t>
+  </si>
+  <si>
+    <t>TRANSFER_BLDG_UNIT</t>
+  </si>
+  <si>
+    <t>MhfaTyp_ProgramsAndRestrictions</t>
+  </si>
+  <si>
+    <t>MhfaTyp_ProgramAndRestriction</t>
+  </si>
+  <si>
+    <t>MhfaTyp_HeadOfHousehold</t>
+  </si>
+  <si>
+    <t>MhfaTyp_HouseholdMember</t>
+  </si>
+  <si>
+    <t>MhfaTyp_AnnualIncome</t>
+  </si>
+  <si>
+    <t>MhfaTyp_IncomeFromAssets</t>
+  </si>
+  <si>
+    <t>MhfaTyp_HouseholdMembers</t>
+  </si>
+  <si>
+    <t>Sub-Element Name</t>
+  </si>
+  <si>
+    <t>EventDate</t>
+  </si>
+  <si>
+    <t>Move_In_Type</t>
+  </si>
+  <si>
+    <t>TenantLastName</t>
+  </si>
+  <si>
+    <t>TenantFirstName</t>
+  </si>
+  <si>
+    <t>GrossRent</t>
+  </si>
+  <si>
+    <t>ProgramsAndRestrictions</t>
+  </si>
+  <si>
+    <t>NonRevenueType</t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>MoveOutReason</t>
+  </si>
+  <si>
+    <t>Transfer_From</t>
+  </si>
+  <si>
+    <t>Transfer_To</t>
+  </si>
+  <si>
+    <t>HeadOfHousehold</t>
+  </si>
+  <si>
+    <t>NbrPeopleAbove18</t>
+  </si>
+  <si>
+    <t>NbrPeopleBelow18</t>
+  </si>
+  <si>
+    <t>IsHomeless</t>
+  </si>
+  <si>
+    <t>HighPriorityHomelessHousehold</t>
+  </si>
+  <si>
+    <t>AnyMobilityImpaired</t>
+  </si>
+  <si>
+    <t>AnyDisabled</t>
+  </si>
+  <si>
+    <t>TenantContribution</t>
+  </si>
+  <si>
+    <t>UtilityAllowance</t>
+  </si>
+  <si>
+    <t>NonOptionalCharges</t>
+  </si>
+  <si>
+    <t>RentalAssistanceAmount</t>
+  </si>
+  <si>
+    <t>RentalAssistanceType</t>
+  </si>
+  <si>
+    <t>ExemptFromReportingIncome</t>
+  </si>
+  <si>
+    <t>GrossIncome</t>
+  </si>
+  <si>
+    <t>IncomeType</t>
+  </si>
+  <si>
+    <t>HouseholdMembers</t>
+  </si>
+  <si>
+    <t>IsAllStudents</t>
+  </si>
+  <si>
+    <t>AllStudentsType</t>
+  </si>
+  <si>
+    <t>ProgramAndRestriction</t>
+  </si>
+  <si>
+    <t>LastName</t>
+  </si>
+  <si>
+    <t>FirstName</t>
+  </si>
+  <si>
+    <t>MiddleInitial</t>
+  </si>
+  <si>
+    <t>Ethnicity</t>
+  </si>
+  <si>
+    <t>RaceType</t>
+  </si>
+  <si>
+    <t>Gender</t>
+  </si>
+  <si>
+    <t>DateOfBirth</t>
+  </si>
+  <si>
+    <t>RelToHeadOfHousehold</t>
+  </si>
+  <si>
+    <t>Full_SSN</t>
+  </si>
+  <si>
+    <t>SSN_ReqdForMarif</t>
+  </si>
+  <si>
+    <t>MobilityImpaired</t>
+  </si>
+  <si>
+    <t>Disabled</t>
+  </si>
+  <si>
+    <t>FulltimeStudent</t>
+  </si>
+  <si>
+    <t>AnnualIncome</t>
+  </si>
+  <si>
+    <t>IncomeFromAssets</t>
+  </si>
+  <si>
+    <t>Employment_Wages</t>
+  </si>
+  <si>
+    <t>SocSec_Pensions</t>
+  </si>
+  <si>
+    <t>PublicAssistance</t>
+  </si>
+  <si>
+    <t>OtherIncome</t>
+  </si>
+  <si>
+    <t>TypeOfAsset</t>
+  </si>
+  <si>
+    <t>CurrentOrImputed</t>
+  </si>
+  <si>
+    <t>CashValueOfAsset</t>
+  </si>
+  <si>
+    <t>AnnualIncomeFmAsset</t>
+  </si>
+  <si>
+    <t>HouseholdMember</t>
+  </si>
+  <si>
+    <t>MhfaTyp_MoveInType</t>
+  </si>
+  <si>
+    <t>NonEmptyString</t>
+  </si>
+  <si>
+    <t>MhfaTyp_NonZeroPosInt</t>
+  </si>
+  <si>
+    <t>MhfaTyp_NonRevType</t>
+  </si>
+  <si>
+    <t>MhfaTyp_MoveOutReason</t>
+  </si>
+  <si>
+    <t>MhfaTyp_PosIntOrZero</t>
+  </si>
+  <si>
+    <t>MhfaTyp_YesNo</t>
+  </si>
+  <si>
+    <t>MhfaTyp_YesNoDidNotRespond</t>
+  </si>
+  <si>
+    <t>MhfaTyp_RentAssistType</t>
+  </si>
+  <si>
+    <t>MhfaTyp_IncomeType</t>
+  </si>
+  <si>
+    <t>MhfaTyp_YesNo_NA</t>
+  </si>
+  <si>
+    <t>MhfaTyp_StudentType</t>
+  </si>
+  <si>
+    <t>MhfaTyp_Program</t>
+  </si>
+  <si>
+    <t>SingleLetterString</t>
+  </si>
+  <si>
+    <t>MhfaTyp_EthnicType</t>
+  </si>
+  <si>
+    <t>MhfaTyp_RaceType</t>
+  </si>
+  <si>
+    <t>MhfaTyp_Gender</t>
+  </si>
+  <si>
+    <t>MhfaTyp_RelToHOH</t>
+  </si>
+  <si>
+    <t>MhfaTyp_FullSSN_NoDashes</t>
+  </si>
+  <si>
+    <t>MhfaTyp_PosDecimalOrZero</t>
+  </si>
+  <si>
+    <t>MhfaTyp_CurrentOrImputed</t>
+  </si>
+  <si>
+    <t>minOccurs9</t>
+  </si>
+  <si>
+    <t>maxOccurs10</t>
+  </si>
+  <si>
+    <t>MhfaBuildingNumber</t>
+  </si>
+  <si>
+    <t>UnitNumber</t>
+  </si>
+  <si>
+    <t>Program</t>
+  </si>
+  <si>
+    <t>IncomeRestriction</t>
+  </si>
+  <si>
+    <t>RentRestriction</t>
+  </si>
+  <si>
+    <t>Data Type2</t>
+  </si>
+  <si>
+    <t>PORT data type: "MHFA Types" (with hyperlink to tab)</t>
+  </si>
+  <si>
+    <t>MHFA Type Data Elements</t>
+  </si>
+  <si>
+    <t>MhfaTYp_HouseholdMember</t>
+  </si>
+  <si>
     <t>base</t>
   </si>
   <si>
+    <t>xs:integer</t>
+  </si>
+  <si>
+    <t>xs:decimal</t>
+  </si>
+  <si>
     <t>value</t>
   </si>
   <si>
+    <t>Unrestricted</t>
+  </si>
+  <si>
+    <t>Non-Revenue</t>
+  </si>
+  <si>
+    <t>1, 2, 3, 4, 5, 6, 7, 8, 9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1, 2, 3, 4, 5, 6, 7, 8 </t>
+  </si>
+  <si>
+    <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13</t>
+  </si>
+  <si>
+    <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10.</t>
+  </si>
+  <si>
+    <t>1, 2, 3</t>
+  </si>
+  <si>
+    <t>1,2,3,4,5</t>
+  </si>
+  <si>
+    <t>1, 2, 3, 4, 5</t>
+  </si>
+  <si>
+    <t>HTC</t>
+  </si>
+  <si>
+    <t>501c3</t>
+  </si>
+  <si>
+    <t>AMF</t>
+  </si>
+  <si>
+    <t>ARIF</t>
+  </si>
+  <si>
+    <t>CS NOAH</t>
+  </si>
+  <si>
+    <t>EDHC</t>
+  </si>
+  <si>
+    <t>ELHIF</t>
+  </si>
+  <si>
+    <t>ERA 2</t>
+  </si>
+  <si>
+    <t>FARIF</t>
+  </si>
+  <si>
+    <t>FFCC</t>
+  </si>
+  <si>
+    <t>HIB Behavioral</t>
+  </si>
+  <si>
+    <t>HIB Preservation</t>
+  </si>
+  <si>
+    <t>HIB Senior</t>
+  </si>
+  <si>
+    <t>HIB SH Homeless</t>
+  </si>
+  <si>
+    <t>HOME</t>
+  </si>
+  <si>
+    <t>HOPWA</t>
+  </si>
+  <si>
+    <t>Hsg Inf Bds MF</t>
+  </si>
+  <si>
+    <t>Hsg Inf Bnd-EDHC</t>
+  </si>
+  <si>
+    <t>Hsg Inf Bnd-HTF</t>
+  </si>
+  <si>
+    <t>HTF</t>
+  </si>
+  <si>
+    <t>HTF-LTH</t>
+  </si>
+  <si>
+    <t>HTFT</t>
+  </si>
+  <si>
+    <t>IIH</t>
+  </si>
+  <si>
+    <t>LILF</t>
+  </si>
+  <si>
+    <t>MARIF</t>
+  </si>
+  <si>
+    <t>NHTF</t>
+  </si>
+  <si>
+    <t>PARIF</t>
+  </si>
+  <si>
+    <t>PARIF PH</t>
+  </si>
+  <si>
+    <t>PARIF-SH</t>
+  </si>
+  <si>
+    <t>POHP</t>
+  </si>
+  <si>
+    <t>PONLT</t>
+  </si>
+  <si>
+    <t>POPR</t>
+  </si>
+  <si>
+    <t>POPSHP</t>
+  </si>
+  <si>
+    <t>POTH</t>
+  </si>
+  <si>
+    <t>RRDL</t>
+  </si>
+  <si>
+    <t>Section 1602</t>
+  </si>
+  <si>
+    <t>SHTC</t>
+  </si>
+  <si>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>TARIF</t>
+  </si>
+  <si>
+    <t>TCAP</t>
+  </si>
+  <si>
+    <t>TIHP</t>
+  </si>
+  <si>
+    <t>TL</t>
+  </si>
+  <si>
+    <t>UIHP</t>
+  </si>
+  <si>
+    <t>Y, N</t>
+  </si>
+  <si>
+    <t>Y, N, U</t>
+  </si>
+  <si>
+    <t>Y, N, X</t>
+  </si>
+  <si>
+    <t>M,F</t>
+  </si>
+  <si>
+    <t>C, I</t>
+  </si>
+  <si>
+    <t>value17</t>
+  </si>
+  <si>
+    <t>value18</t>
+  </si>
+  <si>
+    <t>.*[^\s].*</t>
+  </si>
+  <si>
+    <t>[a-zA-Z]</t>
+  </si>
+  <si>
+    <t>[0-9]{9}</t>
+  </si>
+  <si>
+    <t>value19</t>
+  </si>
+  <si>
+    <t>value20</t>
+  </si>
+  <si>
     <t>ns1:documentation</t>
-  </si>
-[...655 lines deleted...]
-    <t>1, 2, 3, 4, 5, 6, 7, 8, 9</t>
   </si>
   <si>
     <t>Head of Household  =  1
 Spouse  =  2
 Adult co-tenant  =  3
 Other Family Member  =  4
 Child  =  5
 Foster Child  =  6
 Live-in Caretaker  =  7
 None of the above  =  8
 Foster Adult  =  9</t>
   </si>
   <si>
-    <t xml:space="preserve">Special Rule: If the associated move-in event for a cert has MARIF, then at least one household member must supply full SSN AND set SSN_ReqdForMarif Field to true. (others could also supply SSN, but at least one has to have the SSN_ReqdForMarif  field as well)SSN must be the full 9 digits with no dashes or spaces. </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">This household type identifies that a unit's occupants are subject to compliance with a program. Compliance is tested based on the effective date of the reported events. </t>
+    <t>site manager =  1
+site maintenance =  2
+site office =  3
+site security officer  =  4
+community center  =  5
+site services center =  6 
+computer lab =  7
+other (describe in notes) =  8</t>
   </si>
   <si>
     <t>Deceased  = 1
 Entered long term treatment = 2
 Entered Hospital or Nursing Home = 3
 Purchased home = 4
 Move out to market rate housing  = 5
 Moved out of state = 6
 Criminal activity = 7
 Lease violations = 8
 Received Section 8 = 9
 Evicted = 10
 Skipped/unable to locate       = 11
 Self sufficient = 12
 Other = 13</t>
   </si>
   <si>
-    <t xml:space="preserve">Describes  Non-revenue use of a unit.  </t>
-[...538 lines deleted...]
-  <si>
     <t>1= No rental assistance
 2=HUD Project-Based Voucher (PBV)
 3= HUD Housing Choice Voucher (HCV), tenant-based
  4= HUD Multi-Family Project-Based Rental Assistance (PBRA)
 5= HUD Section 8 Moderate Rehabilitation; 
 6= USDA Section 521 Rental Assistance Program; 
 7= State or Local Government Rental Assistance
  8= Public Housing Operating Subsidy; 9= HOME Rental Assistance
 10=  Other Federal Rental Assistance.</t>
   </si>
   <si>
-    <t>The move-out event must include the date (YYYY-MM-DD) of move out for the Household. The reason code for the move out, corresponding to the drop down list in PORT, is optional.</t>
-[...69 lines deleted...]
-    <t>Unit Events: Main Element type</t>
+    <t>Salary Wages = 1
+Social Security = 2
+Self Employment = 3
+Retirement = 4
+Interest Income = 5
+Unemployment = 6
+Public Assistance = 7
+Alimony/Child Support = 8
+No Income = 9
+Unspecified = 10</t>
+  </si>
+  <si>
+    <t>Hispanic or Latino = 1
+not Hispanic or Latino = 2
+Did Not Respond = 3</t>
+  </si>
+  <si>
+    <t>White = 1
+Black/African American = 2
+American Indian/Alaska Native = 3
+Native Hawaiian/Pacific Islander = 4
+Asian = 5</t>
+  </si>
+  <si>
+    <t>TANF = 1
+Job Training = 2
+ Single Parent = 3
+ Married = 4
+ Foster Care = 5</t>
+  </si>
+  <si>
+    <t>yes = Y
+no = N</t>
+  </si>
+  <si>
+    <t>yes = Y
+no = N
+tenant did not respond = U</t>
+  </si>
+  <si>
+    <t>yes = Y
+no = N
+not applicable = X</t>
+  </si>
+  <si>
+    <t>Male = M
+Female = F</t>
+  </si>
+  <si>
+    <t>Current = C
+Imputed = I</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This household type identifies that a unit's occupants are subject to compliance with a program. Compliance is tested based on the effective date of the reported events. </t>
   </si>
   <si>
     <t>This household type identifies that a unit's occupants are not subject to compliance with any MHFA program. A market rate unit.</t>
   </si>
   <si>
-    <t>Indicates a non-revenue unit, for example, use as a site office or caretaker's unit as specified by a  non revenue type code (see below).</t>
-[...92 lines deleted...]
-    <t>Following is a list of error codes that may appear in an XML file. Please note that message 401 and 402 will be the most common errors.</t>
+    <t>Indicates a non-revenue unit, for example, a unit used as a site office, community space, or caretaker's unit is specified in PORT by the element 'MhfaTyp_NonRevType' (see below).
+For purposes of the Applicable Fraction calculation, all units must be accounted for in the PORT Property setup. (See PORT User Guide for details)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unborn child may be added as a Household Member First and Last name in Unit Event: 
+MhfaTyp_HouseholdMember
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Describes  Non-revenue use of a unit.  </t>
+  </si>
+  <si>
+    <t>Describes the circumstances of a move-out.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Code refers to the type of rental assistance for the household. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">When income is certified, the code indicates the source of income. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ethnicity codes. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Race types. Note that race is collected in PORT as a high-level category. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indicates student or training status. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Used for 9% or 4% Housing Tax Credits. HTC requires detailed cert.
+</t>
+  </si>
+  <si>
+    <t>501c3 required detailed cert.</t>
+  </si>
+  <si>
+    <t>*mhfa Program codes for all deferred loans are stored in PORT, require summary cert by default, unless it's used in conjunction with a Program requiring a detailed cert.</t>
+  </si>
+  <si>
+    <t>deferred loan</t>
+  </si>
+  <si>
+    <t>HOME requires detailed cert.</t>
+  </si>
+  <si>
+    <t>HOPWA requires detailed cert</t>
+  </si>
+  <si>
+    <t xml:space="preserve">deferred loan
+Special Rule: If the associated move-in event for a cert has MARIF, then at least one household member must supply full SSN AND set SSN_ReqdForMarif Field to true. (others could also supply SSN, but at least one has to have the SSN_ReqdForMarif  field as well)SSN must be the full 9 digits with no dashes or spaces. </t>
+  </si>
+  <si>
+    <t>NHTF requires detailed cert</t>
+  </si>
+  <si>
+    <t>Section 1602 requires detailed cert.</t>
+  </si>
+  <si>
+    <t>State Housing Tax Credit. This program does not require a detailed cert, unless the Property also has one of the federal programs (HTC, HOME, NHTF, etc.) that do require the detailed cert.</t>
+  </si>
+  <si>
+    <t>Minnesota Housing: PORT Schema Definitions for XML Upload of Unit Events and Tenant Data</t>
+  </si>
+  <si>
+    <t>Last Updated 2/24/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On each tab the User Instructions and Notes column provides guidance on PORT specific business rules and conventions related to the data element. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+This XML file does not appear to have any style information associated with it. The document tree is shown below.
+&lt;Property MhfaPropertyNumber="D0000" VendorName="MHFA" CreateDate="2021-04-26"&gt;
+&lt;UnitEvents&gt;
+&lt;DETAILED_RE_CERT MhfaBuildingNumber="MN-95-99999" UnitNumber="04"&gt;
+&lt;EventDate&gt;2023-01-01&lt;/EventDate&gt;
+&lt;TenantContribution&gt;818&lt;/TenantContribution&gt;
+&lt;UtilityAllowance&gt;133&lt;/UtilityAllowance&gt;
+&lt;NonOptionalCharges&gt;33&lt;/NonOptionalCharges&gt;
+&lt;RentalAssistanceAmount&gt;450&lt;/RentalAssistanceAmount&gt;
+&lt;RentalAssistanceType&gt;3&lt;/RentalAssistanceType&gt;
+&lt;HouseholdMembers&gt;
+&lt;HouseholdMember&gt;
+&lt;RelToHeadOfHousehold&gt;1&lt;/RelToHeadOfHousehold&gt;
+&lt;LastName&gt;Monroe&lt;/LastName&gt;
+&lt;FirstName&gt;James&lt;/FirstName&gt;
+&lt;MiddleInitial&gt;L&lt;/MiddleInitial&gt;
+&lt;Ethnicity&gt;3&lt;/Ethnicity&gt;
+&lt;RaceType&gt;2&lt;/RaceType&gt;
+&lt;RaceType&gt;5&lt;/RaceType&gt;
+&lt;Gender&gt;M&lt;/Gender&gt;
+&lt;DateOfBirth&gt;1982-10-03&lt;/DateOfBirth&gt;
+&lt;MobilityImpaired&gt;U&lt;/MobilityImpaired&gt;
+&lt;Disabled&gt;N&lt;/Disabled&gt;
+&lt;FulltimeStudent&gt;N&lt;/FulltimeStudent&gt;
+&lt;AnnualIncome&gt;
+&lt;Employment_Wages&gt;40000&lt;/Employment_Wages&gt;
+&lt;SocSec_Pensions&gt;0&lt;/SocSec_Pensions&gt;
+&lt;PublicAssistance&gt;0&lt;/PublicAssistance&gt;
+&lt;OtherIncome&gt;1287.84&lt;/OtherIncome&gt;
+&lt;/AnnualIncome&gt;
+&lt;IncomeFromAssets&gt;
+&lt;TypeOfAsset&gt;Checking&lt;/TypeOfAsset&gt;
+&lt;CurrentOrImputed&gt;C&lt;/CurrentOrImputed&gt;
+&lt;CashValueOfAsset&gt;970.82&lt;/CashValueOfAsset&gt;
+&lt;AnnualIncomeFmAsset&gt;0&lt;/AnnualIncomeFmAsset&gt;
+&lt;/IncomeFromAssets&gt;
+&lt;/HouseholdMember&gt;
+&lt;HouseholdMember&gt;
+&lt;RelToHeadOfHousehold&gt;2&lt;/RelToHeadOfHousehold&gt;
+&lt;LastName&gt;Monroe&lt;/LastName&gt;
+&lt;FirstName&gt;Marilyn&lt;/FirstName&gt;
+&lt;MiddleInitial&gt;s&lt;/MiddleInitial&gt;
+&lt;Ethnicity&gt;3&lt;/Ethnicity&gt;
+&lt;RaceType&gt;1&lt;/RaceType&gt;
+&lt;Gender&gt;F&lt;/Gender&gt;
+&lt;DateOfBirth&gt;1987-04-09&lt;/DateOfBirth&gt;
+&lt;MobilityImpaired&gt;U&lt;/MobilityImpaired&gt;
+&lt;Disabled&gt;N&lt;/Disabled&gt;
+&lt;FulltimeStudent&gt;N&lt;/FulltimeStudent&gt;
+&lt;/HouseholdMember&gt;
+&lt;/HouseholdMembers&gt;
+&lt;IsAllStudents&gt;X&lt;/IsAllStudents&gt;
+&lt;IsHomeless&gt;Y&lt;/IsHomeless&gt;
+&lt;HighPriorityHomelessHousehold&gt;Y&lt;/HighPriorityHomelessHousehold&gt;
+&lt;/DETAILED_RE_CERT&gt;
+&lt;/UnitEvents&gt;
+&lt;/Property&gt;</t>
+  </si>
+  <si>
+    <t>&lt;AnnualIncome&gt;
+&lt;Employment_Wages&gt;40000&lt;/Employment_Wages&gt;
+&lt;SocSec_Pensions&gt;0&lt;/SocSec_Pensions&gt;
+&lt;PublicAssistance&gt;0&lt;/PublicAssistance&gt;
+&lt;OtherIncome&gt;1287.84&lt;/OtherIncome&gt;
+&lt;/AnnualIncome&gt;
+&lt;IncomeFromAssets&gt;
+&lt;TypeOfAsset&gt;Checking&lt;/TypeOfAsset&gt;
+&lt;CurrentOrImputed&gt;C&lt;/CurrentOrImputed&gt;
+&lt;CashValueOfAsset&gt;970.82&lt;/CashValueOfAsset&gt;
+&lt;AnnualIncomeFmAsset&gt;0&lt;/AnnualIncomeFmAsset&gt;
+&lt;/IncomeFromAssets&gt;
+&lt;/HouseholdMember&gt;
+&lt;HouseholdMember&gt;
+&lt;RelToHeadOfHousehold&gt;2&lt;/RelToHeadOfHousehold&gt;
+&lt;LastName&gt;Monroe&lt;/LastName&gt;
+&lt;FirstName&gt;Marilyn&lt;/FirstName&gt;
+&lt;MiddleInitial&gt;s&lt;/MiddleInitial&gt;
+&lt;Ethnicity&gt;3&lt;/Ethnicity&gt;
+&lt;RaceType&gt;1&lt;/RaceType&gt;
+&lt;Gender&gt;F&lt;/Gender&gt;
+&lt;DateOfBirth&gt;1987-04-09&lt;/DateOfBirth&gt;
+&lt;MobilityImpaired&gt;U&lt;/MobilityImpaired&gt;
+&lt;Disabled&gt;N&lt;/Disabled&gt;
+&lt;FulltimeStudent&gt;N&lt;/FulltimeStudent&gt;
+&lt;/HouseholdMember&gt;
+&lt;/HouseholdMembers&gt;
+&lt;IsAllStudents&gt;X&lt;/IsAllStudents&gt;
+&lt;IsHomeless&gt;Y&lt;/IsHomeless&gt;
+&lt;HighPriorityHomelessHousehold&gt;Y&lt;/HighPriorityHomelessHousehold&gt;
+&lt;/DETAILED_RE_CERT&gt;
+&lt;/UnitEvents&gt;
+&lt;/Property&gt;</t>
+  </si>
+  <si>
+    <t>&lt;HighPriorityHomelessHousehold&gt;Y&lt;/HighPriorityHomelessHousehold&gt;
+&lt;/DETAILED_RE_CERT&gt;
+&lt;/UnitEvents&gt;
+&lt;/Property&gt;</t>
+  </si>
+  <si>
+    <t>This is an example of one expected XML output. In this example Property Number D0000, BIN MN-95-99999, a Detailed Recertification for Unit #4 - Tenants are James and Marilyn Monroe</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Property Elements:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Defines Property Elements and their attribute, Defines Unit Events to include on XML file</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Unit Events:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> As an Attribute of a specific building and unit under each Property - For each Unit Event type, the sub-elements and data types are specified.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>MHFA Types:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> MHFA Types are specific to the PORT schema requirements, and do not reflect NAHMA conventions. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Example only D0000</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  shows an example of the resulting XML for a Detailed Recertification of PORT Property Number D0000</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Revision History: </t>
+  </si>
+  <si>
+    <t>Date and Version number</t>
+  </si>
+  <si>
+    <t>Content of Tabs:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Element Type: PORT Unit Event </t>
+  </si>
+  <si>
+    <t>PUE_TRANSFER</t>
+  </si>
+  <si>
+    <t>02.24.2026 V1.1</t>
+  </si>
+  <si>
+    <t>Updated workbook for Accessibility</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Updated "MHFA Types" tab - Added to Elements for 2025 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>MhfaTyp_Programs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+CSNOAH
+ERA 2
+SHTC</t>
+    </r>
+  </si>
+  <si>
+    <t>End of tab</t>
+  </si>
+  <si>
+    <t>Download the companion PORT XML schema_Data Mapping, found under the  Partner Login &gt; Property Online Reporting (PORT) section of mnhousing.gov</t>
+  </si>
+  <si>
+    <t>This document is stored on mnhousing.gov, under the Partner Login section, under "Property Online Reporting Tool  (PORT)"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Audience: This is a technical document intended to guide Software Developers in creating XML files compatible with the PORT schema and requirements. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="14"/>
-      <color rgb="FF3E3E3C"/>
+      <sz val="13"/>
+      <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Segoe UI"/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF080707"/>
-[...12 lines deleted...]
-      <color theme="10"/>
+      <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="7"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFA6192E"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="7"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="3" tint="0.24994659260841701"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3" tint="0.24994659260841701"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="4" tint="-0.249977111117893"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="4" tint="-0.249977111117893"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="4" tint="9.9978637043366805E-2"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="4" tint="9.9978637043366805E-2"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="12">
+  <fills count="28">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFECB7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFEED1D6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.24994659260841701"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1" tint="0.89996032593768116"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF57B3FF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF9FD4FF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD5ECFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFDA9686"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF007D96"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFEBD4EC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFDBAEDC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF3DBD5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFE8C0B6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD196D2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="3" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor theme="4" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.79998168889431442"/>
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...22 lines deleted...]
-    </fill>
   </fills>
-  <borders count="4">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thick">
-        <color indexed="64"/>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
       </left>
-      <right style="thick">
-        <color indexed="64"/>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
       </right>
-      <top style="thick">
-        <color indexed="64"/>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
       </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thick">
-        <color indexed="64"/>
+        <color theme="4" tint="0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color theme="7"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </top>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </right>
       <top style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </top>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="12" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="16" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="26" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="28"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="15" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="15" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="16" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="16" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="26" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="26" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="25" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="25" borderId="0" xfId="28" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="8" xfId="28" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="24" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="24" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...44 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="2">
-[...1 lines deleted...]
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  <cellStyles count="29">
+    <cellStyle name="20% - Accent1" xfId="14" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Accent4" xfId="21" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Accent6" xfId="25" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Accent1" xfId="15" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Accent4" xfId="22" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Accent6" xfId="26" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Accent1" xfId="16" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Accent2" xfId="18" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Accent3" xfId="20" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Accent4" xfId="23" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Accent5" xfId="24" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Accent6" xfId="27" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Accent2" xfId="17" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent3" xfId="19" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Bad" xfId="4" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Calculation" xfId="8" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Check Cell" xfId="10" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Explanatory Text" xfId="13" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Good" xfId="3" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="1" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 3" xfId="2" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Hyperlink" xfId="28" builtinId="8"/>
+    <cellStyle name="Input" xfId="6" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Linked Cell" xfId="9" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Neutral" xfId="5" builtinId="28" customBuiltin="1"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
+    <cellStyle name="Note" xfId="12" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Output" xfId="7" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Warning Text" xfId="11" builtinId="11" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="26">
-[...110 lines deleted...]
-  </dxfs>
+  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFD196D2"/>
+      <color rgb="FFE8C0B6"/>
+      <color rgb="FFF3DBD5"/>
+      <color rgb="FFE5B8AD"/>
+      <color rgb="FFDBAEDC"/>
+      <color rgb="FFEBD4EC"/>
+      <color rgb="FFD9AADA"/>
+      <color rgb="FFD8A7D9"/>
+      <color rgb="FFCE90D0"/>
+      <color rgb="FF007D96"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/xmlMaps.xml><?xml version="1.0" encoding="utf-8"?>
-[...1213 lines deleted...]
-
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/xmlMaps" Target="xmlMaps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...189 lines deleted...]
-</table>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="State of Minnesota">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Minnesota">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="DDDDDA"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="003865"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="78BE21"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="008EAA"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8D3F2B"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="0D5257"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="5D295F"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="5D295F"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="MN Secondary Fonts">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Subtle Solids">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...50 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:shade val="80000"/>
+            <a:satMod val="150000"/>
+          </a:schemeClr>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="10795" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="17145" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:alpha val="50000"/>
+              <a:satMod val="150000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="44450" dist="13970" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="45000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="twoPt" dir="tl"/>
+          </a:scene3d>
+          <a:sp3d prstMaterial="flat">
+            <a:bevelT w="12700" h="25400" prst="coolSlant"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
             <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="State of Minnesota" id="{FBFFE991-EC03-4C0A-BAED-2F712C2A7AE7}" vid="{A476B202-42F1-4399-9BC8-98609D88DE2A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhousing.gov/home/partner-login" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhousing.gov/documents/45876/mhfa_261575txt/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
-[...15 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE203E39-3783-487A-B4D0-CA0CD6444EED}">
-  <dimension ref="A1:K18"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D57FDB58-7941-49CC-8F12-14AEA59194F9}">
+  <dimension ref="A1:B17"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView tabSelected="1" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="126.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="B1" s="10"/>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" s="12" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="12" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A7" s="40" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="47" t="s">
+        <v>259</v>
+      </c>
+      <c r="B14" s="47" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="60" x14ac:dyDescent="0.25">
+      <c r="A15" s="49" t="s">
+        <v>266</v>
+      </c>
+      <c r="B15" s="50" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="49" t="s">
+        <v>265</v>
+      </c>
+      <c r="B16" s="50" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" s="48" t="s">
+        <v>267</v>
+      </c>
+      <c r="B17" s="48"/>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="A6" r:id="rId1" xr:uid="{646D0617-1772-4FA5-86C5-BC9674EB447A}"/>
+    <hyperlink ref="A2" r:id="rId2" display="This document is stored on the Partner Login section of mnhousing.gov" xr:uid="{142B6D3A-F44A-496B-89B9-248E04038167}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:K17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.28515625" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="85.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.28515625" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="43.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="52.28515625" style="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B1" s="5" t="s">
+    <row r="1" spans="1:11" s="10" customFormat="1" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E1" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="G1" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="I1" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J1" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K1" s="10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="1" t="s">
         <v>2</v>
-      </c>
-[...36 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
+      <c r="G2" s="4"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
-      <c r="K2" s="3" t="s">
-[...25 lines deleted...]
-    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K2" s="6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="J3" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" s="7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
+      <c r="G4" s="4"/>
       <c r="H4" s="1" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>54</v>
-[...21 lines deleted...]
-    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="K4" s="6"/>
+    </row>
+    <row r="5" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I5" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" s="7"/>
+    </row>
+    <row r="6" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
+      <c r="G6" s="4"/>
       <c r="H6" s="1" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>54</v>
-[...17 lines deleted...]
-      <c r="G7">
+        <v>36</v>
+      </c>
+      <c r="K6" s="6"/>
+    </row>
+    <row r="7" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="5">
         <v>0</v>
       </c>
-      <c r="H7" s="1"/>
-[...6 lines deleted...]
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="G8">
+        <v>8</v>
+      </c>
+      <c r="F8" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="G8" s="4">
         <v>0</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
-    </row>
-[...15 lines deleted...]
-      <c r="G9">
+      <c r="K8" s="6"/>
+    </row>
+    <row r="9" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="G9" s="5">
         <v>0</v>
       </c>
-      <c r="H9" s="1"/>
-[...6 lines deleted...]
-    <row r="10" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="G10">
+        <v>10</v>
+      </c>
+      <c r="F10" s="38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
-      <c r="K10" s="3" t="s">
-[...18 lines deleted...]
-      <c r="G11">
+      <c r="K10" s="6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" s="5">
         <v>0</v>
       </c>
-      <c r="H11" s="1"/>
-[...6 lines deleted...]
-    <row r="12" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="G12">
+        <v>12</v>
+      </c>
+      <c r="F12" s="38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
-      <c r="K12" s="3" t="s">
-[...18 lines deleted...]
-      <c r="G13">
+      <c r="K12" s="6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" s="5">
         <v>0</v>
       </c>
-      <c r="H13" s="1"/>
-[...6 lines deleted...]
-    <row r="14" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="2"/>
+      <c r="K13" s="7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-      <c r="G14">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" s="4">
         <v>0</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
-      <c r="K14" s="3" t="s">
-[...15 lines deleted...]
-      <c r="F15" s="1" t="s">
+      <c r="K14" s="6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" s="5">
+        <v>0</v>
+      </c>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="G15">
-[...9 lines deleted...]
-    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+    </row>
+    <row r="16" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="G16">
+        <v>16</v>
+      </c>
+      <c r="F16" s="38" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="4">
         <v>0</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
-      <c r="K16" s="3" t="s">
-[...15 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="K16" s="6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" s="5">
+        <v>0</v>
+      </c>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+      <c r="J17" s="2"/>
+      <c r="K17" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="G17">
-[...22 lines deleted...]
-      <c r="K18" s="49"/>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="F7" location="'Unit Events'!A2" display="PUE_MOVE_IN" xr:uid="{CDF8517D-75CD-4E43-B29E-60A479DFC7B6}"/>
+    <hyperlink ref="F9" location="'Unit Events'!A17" display="PUE_TRANSER" xr:uid="{FCA878B2-7E0D-4B95-9721-A757DC2676DE}"/>
+    <hyperlink ref="F16" location="'Unit Events'!A51" display="PUE_CHG_HH_PROGRAM" xr:uid="{ACC35AEB-7D50-4450-8492-6115625EEF61}"/>
+    <hyperlink ref="F17" location="'Unit Events'!A58" display="PUE_CHG_HH_UNRESTRICTED" xr:uid="{016681AE-1FF7-4F93-849F-478A8B83497B}"/>
+    <hyperlink ref="F10" location="'Unit Events'!A22" display="PUE_SUMMARY_CERT" xr:uid="{DFCCA0AD-DDD1-4D79-A9DE-E72ACB315007}"/>
+    <hyperlink ref="F8" location="'Unit Events'!A12" display="PUE_MOVE_OUT" xr:uid="{44CC4322-DAAF-4CD6-9FE2-7BD6BB101ED1}"/>
+    <hyperlink ref="F11:F12" location="'Unit Events'!A22" display="PUE_SUMMARY_CERT" xr:uid="{8EEE6E23-0E4F-4D77-9CDF-D75096A704BE}"/>
+    <hyperlink ref="F13" location="'Unit Events'!A44" display="PUE_DETAILED_CERT" xr:uid="{2EEEC259-FDB7-4BC8-A5B6-8B2BC0B0F4C0}"/>
+    <hyperlink ref="F14:F15" location="'Unit Events'!A44" display="PUE_DETAILED_CERT" xr:uid="{B7E4E4D1-810A-41E6-ACEB-1E646A7174B9}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
-[...3 lines deleted...]
-  </tableParts>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:I100"/>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED582865-9C21-4035-9B36-C9DABD30026C}">
+  <dimension ref="A1:H99"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:H1"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="36.7109375" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="25" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="34.140625" customWidth="1"/>
+    <col min="2" max="2" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="47.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.85546875" style="30" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.85546875" style="32"/>
+    <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="E2" t="s">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="D1" s="26" t="s">
+        <v>134</v>
+      </c>
+      <c r="E1" s="31" t="s">
+        <v>135</v>
+      </c>
+      <c r="F1" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G1" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="H1" s="10" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...32 lines deleted...]
-    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="33"/>
+      <c r="F2" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="34"/>
+      <c r="F3" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>40</v>
-[...36 lines deleted...]
-    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+        <v>18</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="27">
+        <v>1</v>
+      </c>
+      <c r="E4" s="35">
+        <v>1</v>
+      </c>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D5" s="28">
+        <v>0</v>
+      </c>
+      <c r="E5" s="28">
+        <v>1</v>
+      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-      <c r="D6">
+        <v>61</v>
+      </c>
+      <c r="C6" s="38" t="s">
+        <v>114</v>
+      </c>
+      <c r="D6" s="27">
         <v>0</v>
       </c>
-      <c r="E6" s="1" t="s">
-        <v>137</v>
+      <c r="E6" s="35">
+        <v>1</v>
       </c>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
-      <c r="I6" s="35"/>
-[...11 lines deleted...]
-      <c r="D7">
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D7" s="28">
         <v>0</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...7 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="E7" s="28">
+        <v>1</v>
+      </c>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="D8">
+        <v>63</v>
+      </c>
+      <c r="C8" s="38" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" s="27">
         <v>0</v>
       </c>
-      <c r="E8" s="1" t="s">
-        <v>137</v>
+      <c r="E8" s="35">
+        <v>1</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
-      <c r="I8" s="1"/>
-[...11 lines deleted...]
-      <c r="D9">
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D9" s="28">
         <v>0</v>
       </c>
-      <c r="E9" s="1" t="s">
-[...7 lines deleted...]
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="E9" s="28">
+        <v>1</v>
+      </c>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-      <c r="D10">
+        <v>65</v>
+      </c>
+      <c r="C10" s="38" t="s">
+        <v>116</v>
+      </c>
+      <c r="D10" s="27">
         <v>0</v>
       </c>
-      <c r="E10" s="1" t="s">
-        <v>137</v>
+      <c r="E10" s="35">
+        <v>1</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
-      <c r="I10" s="1"/>
-[...11 lines deleted...]
-      <c r="D11">
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" s="28">
         <v>0</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="E11" s="28">
+        <v>1</v>
+      </c>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="27"/>
+      <c r="E12" s="33"/>
+      <c r="F12" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="34"/>
+      <c r="F13" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="F11" s="1"/>
-[...14 lines deleted...]
-      <c r="D12">
+      <c r="G13" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="27">
+        <v>1</v>
+      </c>
+      <c r="E14" s="35">
+        <v>1</v>
+      </c>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" s="28">
         <v>0</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...66 lines deleted...]
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="E15" s="28">
+        <v>1</v>
+      </c>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="D16">
+        <v>66</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" s="27">
         <v>0</v>
       </c>
-      <c r="E16" s="1" t="s">
-        <v>137</v>
+      <c r="E16" s="35">
+        <v>1</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
-      <c r="I16" s="1"/>
-[...14 lines deleted...]
-      <c r="E17" s="1" t="s">
+    </row>
+    <row r="17" spans="1:8" s="43" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="41"/>
+      <c r="E17" s="42"/>
+      <c r="F17" s="25" t="s">
+        <v>136</v>
+      </c>
+      <c r="G17" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="H17" s="25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" s="1"/>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="F17" s="1"/>
-[...48 lines deleted...]
-    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G18" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="28">
+        <v>1</v>
+      </c>
+      <c r="E19" s="28">
+        <v>1</v>
+      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>50</v>
+      </c>
+      <c r="D20" s="27">
+        <v>1</v>
+      </c>
+      <c r="E20" s="35">
+        <v>1</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
-      <c r="I20" s="1"/>
-[...21 lines deleted...]
-    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" s="28">
+        <v>1</v>
+      </c>
+      <c r="E21" s="28">
+        <v>1</v>
+      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
-      <c r="E22" s="1"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="33"/>
       <c r="F22" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>53</v>
-[...16 lines deleted...]
-      <c r="E23" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="F23" s="1"/>
-[...6 lines deleted...]
-    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G23" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>74</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>59</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" s="27">
+        <v>1</v>
+      </c>
+      <c r="E24" s="35">
+        <v>1</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
-      <c r="I24" s="1"/>
-[...22 lines deleted...]
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D25" s="28">
+        <v>1</v>
+      </c>
+      <c r="E25" s="28">
+        <v>1</v>
+      </c>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>76</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>71</v>
+      </c>
+      <c r="C26" s="38" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" s="27">
+        <v>1</v>
+      </c>
+      <c r="E26" s="35">
+        <v>1</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
-      <c r="I26" s="1"/>
-[...22 lines deleted...]
-    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="28">
+        <v>1</v>
+      </c>
+      <c r="E27" s="28">
+        <v>1</v>
+      </c>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>78</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>73</v>
+      </c>
+      <c r="C28" s="38" t="s">
+        <v>119</v>
+      </c>
+      <c r="D28" s="27">
+        <v>1</v>
+      </c>
+      <c r="E28" s="35">
+        <v>1</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
-      <c r="I28" s="1"/>
-[...22 lines deleted...]
-    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D29" s="28">
+        <v>1</v>
+      </c>
+      <c r="E29" s="28">
+        <v>1</v>
+      </c>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>80</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>75</v>
+      </c>
+      <c r="C30" s="38" t="s">
+        <v>120</v>
+      </c>
+      <c r="D30" s="27">
+        <v>1</v>
+      </c>
+      <c r="E30" s="35">
+        <v>1</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
-      <c r="I30" s="1"/>
-[...22 lines deleted...]
-    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D31" s="28">
+        <v>1</v>
+      </c>
+      <c r="E31" s="28">
+        <v>1</v>
+      </c>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>82</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>77</v>
+      </c>
+      <c r="C32" s="38" t="s">
+        <v>115</v>
+      </c>
+      <c r="D32" s="27">
+        <v>1</v>
+      </c>
+      <c r="E32" s="35">
+        <v>1</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
-      <c r="I32" s="1"/>
-[...22 lines deleted...]
-    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" s="28">
+        <v>1</v>
+      </c>
+      <c r="E33" s="28">
+        <v>1</v>
+      </c>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>84</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>79</v>
+      </c>
+      <c r="C34" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="27">
+        <v>1</v>
+      </c>
+      <c r="E34" s="35">
+        <v>1</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
-      <c r="I34" s="1"/>
-[...22 lines deleted...]
-    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="D35" s="28">
+        <v>1</v>
+      </c>
+      <c r="E35" s="28">
+        <v>1</v>
+      </c>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>86</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>81</v>
+      </c>
+      <c r="C36" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="D36" s="27">
+        <v>1</v>
+      </c>
+      <c r="E36" s="35">
+        <v>1</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
-      <c r="I36" s="1"/>
-[...22 lines deleted...]
-    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D37" s="28">
+        <v>0</v>
+      </c>
+      <c r="E37" s="28">
+        <v>1</v>
+      </c>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>88</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>83</v>
+      </c>
+      <c r="C38" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D38" s="27">
+        <v>1</v>
+      </c>
+      <c r="E38" s="35">
+        <v>1</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
-      <c r="I38" s="1"/>
-[...19 lines deleted...]
-    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D39" s="28">
+        <v>1</v>
+      </c>
+      <c r="E39" s="28">
+        <v>1</v>
+      </c>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
+      <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>53</v>
-[...16 lines deleted...]
-      <c r="E41" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" s="43" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="B41" s="25"/>
+      <c r="C41" s="25"/>
+      <c r="D41" s="41"/>
+      <c r="E41" s="42"/>
+      <c r="F41" s="25" t="s">
         <v>137</v>
       </c>
-      <c r="F41" s="1"/>
-[...6 lines deleted...]
-    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G41" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="H41" s="25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>81</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>59</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D42" s="27">
+        <v>1</v>
+      </c>
+      <c r="E42" s="35">
+        <v>1</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
-      <c r="I42" s="1"/>
-[...22 lines deleted...]
-    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D43" s="28">
+        <v>1</v>
+      </c>
+      <c r="E43" s="36">
+        <v>1</v>
+      </c>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>83</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>78</v>
+      </c>
+      <c r="C44" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D44" s="27">
+        <v>1</v>
+      </c>
+      <c r="E44" s="35">
+        <v>1</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
-      <c r="I44" s="1"/>
-[...22 lines deleted...]
-    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C45" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D45" s="28">
+        <v>1</v>
+      </c>
+      <c r="E45" s="36">
+        <v>1</v>
+      </c>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>85</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>80</v>
+      </c>
+      <c r="C46" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D46" s="27">
+        <v>1</v>
+      </c>
+      <c r="E46" s="35">
+        <v>1</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
-      <c r="I46" s="1"/>
-[...22 lines deleted...]
-    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="28">
+        <v>1</v>
+      </c>
+      <c r="E47" s="36">
+        <v>1</v>
+      </c>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>85</v>
+      </c>
+      <c r="C48" s="38" t="s">
+        <v>57</v>
+      </c>
+      <c r="D48" s="27">
+        <v>1</v>
+      </c>
+      <c r="E48" s="35">
+        <v>1</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
-      <c r="I48" s="1"/>
-[...11 lines deleted...]
-      <c r="D49">
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A49" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D49" s="28">
+        <v>1</v>
+      </c>
+      <c r="E49" s="36">
+        <v>1</v>
+      </c>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C50" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="D50" s="27">
         <v>0</v>
       </c>
-      <c r="E49" s="1" t="s">
+      <c r="E50" s="35">
+        <v>1</v>
+      </c>
+      <c r="F50" s="1"/>
+      <c r="G50" s="1"/>
+      <c r="H50" s="1"/>
+    </row>
+    <row r="51" spans="1:8" s="43" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B51" s="25"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="41"/>
+      <c r="E51" s="42"/>
+      <c r="F51" s="25" t="s">
+        <v>136</v>
+      </c>
+      <c r="G51" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="H51" s="25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B52" s="1"/>
+      <c r="C52" s="1"/>
+      <c r="D52" s="27"/>
+      <c r="E52" s="33"/>
+      <c r="F52" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="F49" s="1"/>
-[...84 lines deleted...]
-    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G52" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D53" s="28">
+        <v>1</v>
+      </c>
+      <c r="E53" s="36">
+        <v>1</v>
+      </c>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>66</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>61</v>
+      </c>
+      <c r="C54" s="38" t="s">
+        <v>114</v>
+      </c>
+      <c r="D54" s="27">
+        <v>1</v>
+      </c>
+      <c r="E54" s="35">
+        <v>1</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
-      <c r="I54" s="1"/>
-[...22 lines deleted...]
-    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C55" s="38" t="s">
+        <v>114</v>
+      </c>
+      <c r="D55" s="28">
+        <v>1</v>
+      </c>
+      <c r="E55" s="36">
+        <v>1</v>
+      </c>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>125</v>
+      </c>
+      <c r="D56" s="27">
+        <v>1</v>
+      </c>
+      <c r="E56" s="35">
+        <v>1</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
-      <c r="I56" s="1"/>
-[...19 lines deleted...]
-    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D57" s="28">
+        <v>0</v>
+      </c>
+      <c r="E57" s="36">
+        <v>1</v>
+      </c>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="2"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
-      <c r="E58" s="1"/>
+      <c r="D58" s="27"/>
+      <c r="E58" s="33"/>
       <c r="F58" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>53</v>
-[...16 lines deleted...]
-      <c r="E59" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" s="43" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B59" s="25"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="41"/>
+      <c r="E59" s="42"/>
+      <c r="F59" s="25" t="s">
         <v>137</v>
       </c>
-      <c r="F59" s="1"/>
-[...6 lines deleted...]
-    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G59" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="H59" s="25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>32</v>
+      </c>
+      <c r="D60" s="27">
+        <v>1</v>
+      </c>
+      <c r="E60" s="35">
+        <v>1</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
-      <c r="I60" s="1"/>
-[...22 lines deleted...]
-    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D61" s="28">
+        <v>1</v>
+      </c>
+      <c r="E61" s="36">
+        <v>1</v>
+      </c>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>67</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>62</v>
+      </c>
+      <c r="C62" s="38" t="s">
+        <v>114</v>
+      </c>
+      <c r="D62" s="27">
+        <v>1</v>
+      </c>
+      <c r="E62" s="35">
+        <v>1</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
-      <c r="I62" s="1"/>
-[...8 lines deleted...]
-      <c r="C63" s="1" t="s">
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D63" s="28">
+        <v>1</v>
+      </c>
+      <c r="E63" s="36">
+        <v>1</v>
+      </c>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A64" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D64" s="27">
+        <v>0</v>
+      </c>
+      <c r="E64" s="35">
+        <v>1</v>
+      </c>
+      <c r="F64" s="1"/>
+      <c r="G64" s="1"/>
+      <c r="H64" s="1"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D63">
-[...87 lines deleted...]
-    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B65" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C65" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="D65" s="28">
+        <v>1</v>
+      </c>
+      <c r="E65" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B66" s="1"/>
+      <c r="C66" s="1"/>
+      <c r="D66" s="27"/>
+      <c r="E66" s="33"/>
+      <c r="F66" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A67" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="34"/>
+      <c r="F67" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="H67" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
-      <c r="E68" s="1"/>
+      <c r="D68" s="27"/>
+      <c r="E68" s="33"/>
       <c r="F68" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>54</v>
-[...21 lines deleted...]
-    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A69" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D69" s="28">
+        <v>1</v>
+      </c>
+      <c r="E69" s="36">
+        <v>1</v>
+      </c>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>114</v>
+      </c>
+      <c r="D70" s="27">
+        <v>1</v>
+      </c>
+      <c r="E70" s="35">
+        <v>1</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
-      <c r="I70" s="1" t="s">
-[...24 lines deleted...]
-    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A71" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D71" s="28">
+        <v>0</v>
+      </c>
+      <c r="E71" s="36">
+        <v>1</v>
+      </c>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>95</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>92</v>
+      </c>
+      <c r="C72" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="D72" s="27">
+        <v>1</v>
+      </c>
+      <c r="E72" s="35">
+        <v>1</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
-      <c r="I72" s="1"/>
-[...22 lines deleted...]
-    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A73" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D73" s="28">
+        <v>1</v>
+      </c>
+      <c r="E73" s="36">
+        <v>5</v>
+      </c>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-        <v>138</v>
+        <v>94</v>
+      </c>
+      <c r="C74" s="38" t="s">
+        <v>129</v>
+      </c>
+      <c r="D74" s="27">
+        <v>0</v>
+      </c>
+      <c r="E74" s="35">
+        <v>1</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
-      <c r="I74" s="1"/>
-[...11 lines deleted...]
-      <c r="D75">
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A75" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D75" s="28">
         <v>0</v>
       </c>
-      <c r="E75" s="1" t="s">
-[...7 lines deleted...]
-    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="E75" s="36">
+        <v>1</v>
+      </c>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>99</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>96</v>
+      </c>
+      <c r="C76" s="38" t="s">
+        <v>130</v>
+      </c>
+      <c r="D76" s="27">
+        <v>1</v>
+      </c>
+      <c r="E76" s="35">
+        <v>1</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
-      <c r="I76" s="1"/>
-[...24 lines deleted...]
-    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A77" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D77" s="28">
+        <v>1</v>
+      </c>
+      <c r="E77" s="36">
+        <v>1</v>
+      </c>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2"/>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>114</v>
+      </c>
+      <c r="D78" s="27">
+        <v>1</v>
+      </c>
+      <c r="E78" s="35">
+        <v>1</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
-      <c r="I78" s="1"/>
-[...22 lines deleted...]
-    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A79" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D79" s="28">
+        <v>0</v>
+      </c>
+      <c r="E79" s="36">
+        <v>1</v>
+      </c>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      <c r="D80">
+        <v>97</v>
+      </c>
+      <c r="C80" s="38" t="s">
+        <v>131</v>
+      </c>
+      <c r="D80" s="27">
         <v>0</v>
       </c>
-      <c r="E80" s="1" t="s">
-        <v>137</v>
+      <c r="E80" s="35">
+        <v>1</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
-      <c r="I80" s="1"/>
-[...11 lines deleted...]
-      <c r="D81">
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A81" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D81" s="28">
         <v>0</v>
       </c>
-      <c r="E81" s="1" t="s">
-[...7 lines deleted...]
-    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="E81" s="36">
+        <v>1</v>
+      </c>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>92</v>
+      </c>
+      <c r="C82" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="D82" s="27">
+        <v>1</v>
+      </c>
+      <c r="E82" s="35">
+        <v>1</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
-      <c r="I82" s="1"/>
-[...22 lines deleted...]
-    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A83" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D83" s="28">
+        <v>1</v>
+      </c>
+      <c r="E83" s="36">
+        <v>5</v>
+      </c>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-        <v>138</v>
+        <v>94</v>
+      </c>
+      <c r="C84" s="38" t="s">
+        <v>129</v>
+      </c>
+      <c r="D84" s="27">
+        <v>0</v>
+      </c>
+      <c r="E84" s="35">
+        <v>1</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
-      <c r="I84" s="1"/>
-[...11 lines deleted...]
-      <c r="D85">
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D85" s="28">
         <v>0</v>
       </c>
-      <c r="E85" s="1" t="s">
-[...7 lines deleted...]
-    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="E85" s="36">
+        <v>1</v>
+      </c>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...6 lines deleted...]
-        <v>137</v>
+      <c r="C86" s="38" t="s">
+        <v>120</v>
+      </c>
+      <c r="D86" s="27">
+        <v>1</v>
+      </c>
+      <c r="E86" s="35">
+        <v>1</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
-      <c r="I86" s="1"/>
-[...22 lines deleted...]
-    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="87" spans="1:8" s="43" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B87" s="25" t="s">
+        <v>100</v>
+      </c>
+      <c r="C87" s="45" t="s">
+        <v>120</v>
+      </c>
+      <c r="D87" s="41">
+        <v>1</v>
+      </c>
+      <c r="E87" s="46">
+        <v>1</v>
+      </c>
+      <c r="F87" s="25"/>
+      <c r="G87" s="25"/>
+      <c r="H87" s="25"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>104</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>101</v>
+      </c>
+      <c r="C88" s="38" t="s">
+        <v>119</v>
+      </c>
+      <c r="D88" s="27">
+        <v>1</v>
+      </c>
+      <c r="E88" s="35">
+        <v>1</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
-      <c r="I88" s="1"/>
-[...22 lines deleted...]
-    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A89" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C89" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="D89" s="28">
+        <v>0</v>
+      </c>
+      <c r="E89" s="36">
+        <v>1</v>
+      </c>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>106</v>
-[...4 lines deleted...]
-      <c r="D90">
+        <v>103</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D90" s="27">
         <v>0</v>
       </c>
-      <c r="E90" s="1" t="s">
-        <v>137</v>
+      <c r="E90" s="35">
+        <v>1</v>
       </c>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
-      <c r="I90" s="1"/>
-[...22 lines deleted...]
-    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A91" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D91" s="28">
+        <v>1</v>
+      </c>
+      <c r="E91" s="36">
+        <v>1</v>
+      </c>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>108</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>105</v>
+      </c>
+      <c r="C92" s="38" t="s">
+        <v>132</v>
+      </c>
+      <c r="D92" s="27">
+        <v>1</v>
+      </c>
+      <c r="E92" s="35">
+        <v>1</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
-      <c r="I92" s="1"/>
-[...22 lines deleted...]
-    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A93" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D93" s="28">
+        <v>1</v>
+      </c>
+      <c r="E93" s="36">
+        <v>1</v>
+      </c>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2"/>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>110</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>107</v>
+      </c>
+      <c r="C94" s="38" t="s">
+        <v>132</v>
+      </c>
+      <c r="D94" s="27">
+        <v>1</v>
+      </c>
+      <c r="E94" s="35">
+        <v>1</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
-      <c r="I94" s="1"/>
-[...22 lines deleted...]
-    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A95" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D95" s="28">
+        <v>1</v>
+      </c>
+      <c r="E95" s="36">
+        <v>1</v>
+      </c>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2"/>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>112</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>109</v>
+      </c>
+      <c r="C96" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="D96" s="27">
+        <v>1</v>
+      </c>
+      <c r="E96" s="35">
+        <v>1</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
-      <c r="I96" s="1"/>
-[...22 lines deleted...]
-    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A97" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D97" s="28">
+        <v>1</v>
+      </c>
+      <c r="E97" s="36">
+        <v>1</v>
+      </c>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2"/>
+      <c r="H97" s="2"/>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>114</v>
-[...8 lines deleted...]
-        <v>137</v>
+        <v>111</v>
+      </c>
+      <c r="C98" s="38" t="s">
+        <v>132</v>
+      </c>
+      <c r="D98" s="27">
+        <v>1</v>
+      </c>
+      <c r="E98" s="35">
+        <v>1</v>
       </c>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
-      <c r="I98" s="1"/>
-[...41 lines deleted...]
-      <c r="I100" s="1"/>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A99" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="C99" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="D99" s="29">
+        <v>1</v>
+      </c>
+      <c r="E99" s="37">
+        <v>20</v>
+      </c>
+      <c r="F99" s="11"/>
+      <c r="G99" s="11"/>
+      <c r="H99" s="11"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C6" location="'MHFA Types'!A2" display="MhfaTyp_MoveInType" xr:uid="{00AABD56-ABD5-4B15-972B-9003741AD438}"/>
-[...45 lines deleted...]
-    <hyperlink ref="C74" location="'MHFA Types'!A11" display="MhfaTyp_RaceType" xr:uid="{1D1CAC38-821B-4642-A3E6-84D651F14AB3}"/>
+    <hyperlink ref="C5" location="'MHFA Types'!A2" display="MhfaTyp_MoveInType" xr:uid="{3A4D3967-BAB8-43C3-8D1A-66EB39152BA8}"/>
+    <hyperlink ref="C8" location="'MHFA Types'!A64" display="MhfaTyp_NonZeroPosInt" xr:uid="{6C7DEEDD-30B9-4B2B-90CE-50B314BF6D8B}"/>
+    <hyperlink ref="C10" location="'MHFA Types'!A6" display="MhfaTyp_NonRevType" xr:uid="{C25D29D1-948D-431C-AC5B-32EB81861FB2}"/>
+    <hyperlink ref="C15" location="'MHFA Types'!A7" display="MhfaTyp_MoveOutReason" xr:uid="{7F20ABCC-379E-4413-B26D-59E0E0D113FB}"/>
+    <hyperlink ref="C26" location="'MHFA Types'!A64" display="MhfaTyp_NonZeroPosInt" xr:uid="{304FBA11-FF83-483F-86E6-05A1F56CF328}"/>
+    <hyperlink ref="C32" location="'MHFA Types'!A64" display="MhfaTyp_NonZeroPosInt" xr:uid="{4526B784-C904-4F0E-AFB5-254EE800ECFC}"/>
+    <hyperlink ref="C43" location="'MHFA Types'!A64" display="MhfaTyp_NonZeroPosInt" xr:uid="{EB18E929-4907-4DD4-B26F-878070513DF0}"/>
+    <hyperlink ref="C63" location="'MHFA Types'!A64" display="MhfaTyp_NonZeroPosInt" xr:uid="{F8427727-1BD6-4F75-BF8F-00000ACC672D}"/>
+    <hyperlink ref="C72" location="'MHFA Types'!A10" display="MhfaTyp_EthnicType" xr:uid="{0EC98253-FBF4-41A9-9494-C2FB29F9045F}"/>
+    <hyperlink ref="C82" location="'MHFA Types'!A10" display="MhfaTyp_EthnicType" xr:uid="{F6FB6F14-9F54-4976-948C-2CF218861488}"/>
+    <hyperlink ref="C96" location="'MHFA Types'!A63" display="MhfaTyp_CurrentOrImputed" xr:uid="{F18889B1-C002-4D1E-8DC2-911A6BF3E9B1}"/>
+    <hyperlink ref="C80" location="'MHFA Types'!A58" display="MhfaTyp_FullSSN_NoDashes" xr:uid="{F0E1A13B-65D3-4E36-A249-135D141E36D7}"/>
+    <hyperlink ref="C74" location="'MHFA Types'!A62" display="MhfaTyp_Gender" xr:uid="{9786A625-FC95-4D3B-A6C3-8A3AE8737319}"/>
+    <hyperlink ref="C84" location="'MHFA Types'!A62" display="MhfaTyp_Gender" xr:uid="{A670166C-F077-4DC5-8101-F120B6C48E0D}"/>
+    <hyperlink ref="C27" location="'MHFA Types'!A65" display="MhfaTyp_PosIntOrZero" xr:uid="{0A6C2D4B-CB5B-459E-9FBC-01C4E09EEE00}"/>
+    <hyperlink ref="C33" location="'MHFA Types'!A65" display="MhfaTyp_PosIntOrZero" xr:uid="{D986C7E0-4A45-4224-8BB8-05B19B887303}"/>
+    <hyperlink ref="C34" location="'MHFA Types'!A65" display="MhfaTyp_PosIntOrZero" xr:uid="{3C7FF9D7-50EC-4FEE-B95B-AA7F34B505F4}"/>
+    <hyperlink ref="C35" location="'MHFA Types'!A65" display="MhfaTyp_PosIntOrZero" xr:uid="{D43C1979-D068-473C-BCBE-F8760F6EC953}"/>
+    <hyperlink ref="C44" location="'MHFA Types'!A65" display="MhfaTyp_PosIntOrZero" xr:uid="{403540D5-3977-4AD4-A76F-7E8ECBD6027B}"/>
+    <hyperlink ref="C38" location="'MHFA Types'!A65" display="MhfaTyp_PosIntOrZero" xr:uid="{D6AE0458-764E-4A62-B5FF-C3566D3AD3D2}"/>
+    <hyperlink ref="C28" location="'MHFA Types'!A59" display="MhfaTyp_YesNo" xr:uid="{3D295972-C648-4FD8-828D-356CBA4F5AB7}"/>
+    <hyperlink ref="C29" location="'MHFA Types'!A59" display="MhfaTyp_YesNo" xr:uid="{B3D4E064-D2D3-460C-A30E-626B32700126}"/>
+    <hyperlink ref="C37" location="'MHFA Types'!A59" display="MhfaTyp_YesNo" xr:uid="{AA3BB33B-24A6-478E-9F4A-28C9F2BE6E74}"/>
+    <hyperlink ref="C81" location="'MHFA Types'!A59" display="MhfaTyp_YesNo" xr:uid="{322B3049-541E-44FC-BA91-647E1A3D02EA}"/>
+    <hyperlink ref="C88" location="'MHFA Types'!A59" display="MhfaTyp_YesNo" xr:uid="{A624AF24-8273-4FA8-A7BF-0BF66285BE60}"/>
+    <hyperlink ref="C30" location="'MHFA Types'!A60" display="MhfaTyp_YesNoDidNotRespond" xr:uid="{679FDBEF-CBCD-4CB7-96AA-F643D0A367EC}"/>
+    <hyperlink ref="C31" location="'MHFA Types'!A60" display="MhfaTyp_YesNoDidNotRespond" xr:uid="{274E01DD-501A-42EF-A646-B7D60E7AC66C}"/>
+    <hyperlink ref="C86" location="'MHFA Types'!A57" display="MhfaTyp_YesNoDidNotRespond" xr:uid="{47BB83A3-4D46-405F-ABAD-A9118F5C540D}"/>
+    <hyperlink ref="C49" location="'MHFA Types'!A58" display="MhfaTyp_YesNo_NA" xr:uid="{674DA2EA-1022-416C-AB06-261AC0812905}"/>
+    <hyperlink ref="C50" location="'MHFA Types'!A12" display="MhfaTyp_StudentType" xr:uid="{0DA7312C-38A4-455C-B423-97DBB6392070}"/>
+    <hyperlink ref="C36" location="'MHFA Types'!A8" display="MhfaTyp_RentAssistType" xr:uid="{34016FCA-E51D-437E-9ADE-9DBE0FAA53E3}"/>
+    <hyperlink ref="C47" location="'MHFA Types'!A8" display="MhfaTyp_RentAssistType" xr:uid="{DF169BA3-444B-4E88-849E-04A3EE0552F0}"/>
+    <hyperlink ref="C91" location="'MHFA Types'!A63" display="MhfaTyp_PosDecimalOrZero" xr:uid="{7067F2EE-6F1B-40D6-8CF3-89EDE0396BCA}"/>
+    <hyperlink ref="C92" location="'MHFA Types'!A63" display="MhfaTyp_PosDecimalOrZero" xr:uid="{86D36FD8-8A2E-46A2-A63D-F691BB587025}"/>
+    <hyperlink ref="C93" location="'MHFA Types'!A63" display="MhfaTyp_PosDecimalOrZero" xr:uid="{4B4A87D0-70FD-4FE7-BB06-8C7F79F16037}"/>
+    <hyperlink ref="C94" location="'MHFA Types'!A63" display="MhfaTyp_PosDecimalOrZero" xr:uid="{831F8C2E-0D67-4C42-96C1-25498DF95134}"/>
+    <hyperlink ref="C97" location="'MHFA Types'!A63" display="MhfaTyp_PosDecimalOrZero" xr:uid="{431911F5-FFAC-42B9-8F95-79764F376183}"/>
+    <hyperlink ref="C98" location="'MHFA Types'!A63" display="MhfaTyp_PosDecimalOrZero" xr:uid="{CADFB6BA-48AB-4010-AA08-A49040615908}"/>
+    <hyperlink ref="C39" location="'MHFA Types'!A9" display="MhfaTyp_IncomeType" xr:uid="{6FC8ED9E-16C3-44F5-81AF-829CBDC00A45}"/>
+    <hyperlink ref="C83" location="'MHFA Types'!A11" display="MhfaTyp_RaceType" xr:uid="{9822F656-CA10-415C-99C6-700F416841A6}"/>
+    <hyperlink ref="C25" location="'MHFA Types'!A67" display="MhfaTyp_HeadOfHousehold" xr:uid="{20DFD9C2-A4FB-400F-8B5C-0C91C233F8B9}"/>
+    <hyperlink ref="C76" location="'MHFA Types'!A5" display="MhfaTyp_RelToHOH" xr:uid="{155FB2EE-D72E-451F-99A6-66D123A2D556}"/>
+    <hyperlink ref="C73" location="'MHFA Types'!A11" display="MhfaTyp_RaceType" xr:uid="{7516C5EA-7D3D-4727-AD80-13C82231F828}"/>
+    <hyperlink ref="C65" location="'MHFA Types'!A13" display="MhfaTyp_Program" xr:uid="{5DF8FD3D-CBA7-4F56-A1F4-BD51C5B7692F}"/>
+    <hyperlink ref="C6" location="'MHFA Types'!A56" display="NonEmptyString" xr:uid="{963EF325-CE6A-449C-8130-19C2A53259FC}"/>
+    <hyperlink ref="C7" location="'MHFA Types'!A56" display="NonEmptyString" xr:uid="{00700946-0742-4E81-BBD0-74FE7A2B24D2}"/>
+    <hyperlink ref="C9" location="'MHFA Types'!A13" display="MhfaTyp_Program" xr:uid="{76C2162F-8939-4772-8EF7-5696FD1F6346}"/>
+    <hyperlink ref="C54" location="'MHFA Types'!A56" display="NonEmptyString" xr:uid="{3EA4A10B-5ECB-4558-B145-AB4FA65C2329}"/>
+    <hyperlink ref="C61" location="'MHFA Types'!A56" display="NonEmptyString" xr:uid="{FDB10D87-278B-4A12-B95F-E9EC6EA98AC3}"/>
+    <hyperlink ref="C62" location="'MHFA Types'!A56" display="NonEmptyString" xr:uid="{5A7051A1-15AF-41E8-ACDF-A522F15935F7}"/>
+    <hyperlink ref="C71" location="'MHFA Types'!A57" display="SingleLetterString" xr:uid="{7EFEA976-5673-40EF-90A4-AC193004F6E0}"/>
+    <hyperlink ref="C79" location="'MHFA Types'!A57" display="SingleLetterString" xr:uid="{6D5C379E-F55A-4722-8940-30124E2F6038}"/>
+    <hyperlink ref="C45:C46" location="'MHFA Types'!A65" display="MhfaTyp_PosIntOrZero" xr:uid="{11B8AEE8-CCB8-4B9C-895B-3B5156D21272}"/>
+    <hyperlink ref="C48" location="'MHFA Types'!A5" display="MhfaTyp_HouseholdMembers" xr:uid="{CC0A813A-9DFE-496B-AF0E-7E019B8C17B4}"/>
+    <hyperlink ref="C55" location="'MHFA Types'!A56" display="NonEmptyString" xr:uid="{03B01828-227F-4009-BAA8-A70909651329}"/>
+    <hyperlink ref="C87" location="'MHFA Types'!A57" display="MhfaTyp_YesNoDidNotRespond" xr:uid="{A2BC1472-78A6-4E09-9D3A-BB56918F2981}"/>
+    <hyperlink ref="C99" location="'MHFA Types'!A68" display="MhfaTyp_HouseholdMember" xr:uid="{BD8278E9-10C5-4379-B6BE-76B9BB2055AA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
-[...2 lines deleted...]
-  </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:J91"/>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F96B6649-2E37-42F7-A3A1-5E8067252E08}">
+  <dimension ref="A1:I69"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="31.85546875" style="19" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="64.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="27.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="29.7109375" style="9" customWidth="1"/>
+    <col min="9" max="9" width="44.7109375" style="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>283</v>
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="E1" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="F1" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="G1" s="10" t="s">
+        <v>212</v>
       </c>
       <c r="H1" s="21" t="s">
-        <v>9</v>
-[...10 lines deleted...]
-        <v>117</v>
+        <v>213</v>
+      </c>
+      <c r="I1" s="21" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>113</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>142</v>
-      </c>
+        <v>138</v>
+      </c>
+      <c r="D2" s="4"/>
       <c r="E2" s="1"/>
-      <c r="H2" s="1"/>
-[...12 lines deleted...]
-      <c r="C3" s="1" t="s">
+      <c r="F2" s="4"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="19"/>
+      <c r="I2" s="6" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="E3" s="1"/>
-[...8 lines deleted...]
-        <v>117</v>
+      <c r="D3" s="5"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="7" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="120" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>113</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>150</v>
       </c>
+      <c r="D4" s="4"/>
       <c r="E4" s="1"/>
-      <c r="H4" s="1"/>
-[...6 lines deleted...]
-      <c r="A5" s="35" t="s">
+      <c r="F4" s="4"/>
+      <c r="G4" s="4"/>
+      <c r="H4" s="19"/>
+      <c r="I4" s="6" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="135" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D5" s="5"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="120" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D6" s="4"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="4"/>
+      <c r="G6" s="4"/>
+      <c r="H6" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="240" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D7" s="5"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="5"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="270" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D8" s="4"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="4"/>
+      <c r="G8" s="4"/>
+      <c r="H8" s="19" t="s">
+        <v>217</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="150" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D9" s="5"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="8" t="s">
+        <v>218</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D10" s="4"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="19" t="s">
+        <v>219</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="105" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D11" s="5"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="5"/>
+      <c r="G11" s="5"/>
+      <c r="H11" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D12" s="4"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="4"/>
+      <c r="G12" s="4"/>
+      <c r="H12" s="19" t="s">
+        <v>221</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D13" s="5"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="5"/>
+      <c r="G13" s="5"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="7" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D14" s="4"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="4"/>
+      <c r="H14" s="19"/>
+      <c r="I14" s="6" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A15" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D15" s="5"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="8"/>
+      <c r="I15" s="7" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D16" s="4"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="4"/>
+      <c r="H16" s="19"/>
+      <c r="I16" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>162</v>
+      </c>
+      <c r="D17" s="18"/>
+      <c r="E17" s="17"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="22"/>
+      <c r="I17" s="23" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D18" s="4"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="19"/>
+      <c r="I18" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D19" s="5"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="5"/>
+      <c r="G19" s="5"/>
+      <c r="H19" s="8"/>
+      <c r="I19" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B20" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="D20" s="18"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="22"/>
+      <c r="I20" s="23" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" s="5"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="8"/>
+      <c r="I21" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" s="4"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="4"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D23" s="5"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="5"/>
+      <c r="G23" s="5"/>
+      <c r="H23" s="8"/>
+      <c r="I23" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" s="4"/>
+      <c r="E24" s="1"/>
+      <c r="F24" s="4"/>
+      <c r="G24" s="4"/>
+      <c r="H24" s="19"/>
+      <c r="I24" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="D25" s="5"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="5"/>
+      <c r="G25" s="5"/>
+      <c r="H25" s="8"/>
+      <c r="I25" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D26" s="4"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="4"/>
+      <c r="G26" s="4"/>
+      <c r="H26" s="19"/>
+      <c r="I26" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D27" s="5"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="8"/>
+      <c r="I27" s="7" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D28" s="4"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="4"/>
+      <c r="G28" s="4"/>
+      <c r="H28" s="19"/>
+      <c r="I28" s="6" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="D29" s="5"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="5"/>
+      <c r="G29" s="5"/>
+      <c r="H29" s="8"/>
+      <c r="I29" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D30" s="4"/>
+      <c r="E30" s="1"/>
+      <c r="F30" s="4"/>
+      <c r="G30" s="4"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D31" s="5"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="H31" s="8"/>
+      <c r="I31" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D32" s="4"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="4"/>
+      <c r="G32" s="4"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D33" s="5"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="8"/>
+      <c r="I33" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D34" s="4"/>
+      <c r="E34" s="1"/>
+      <c r="F34" s="4"/>
+      <c r="G34" s="4"/>
+      <c r="H34" s="19"/>
+      <c r="I34" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" s="5"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="5"/>
+      <c r="G35" s="5"/>
+      <c r="H35" s="8"/>
+      <c r="I35" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D36" s="4"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="19"/>
+      <c r="I36" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="120" x14ac:dyDescent="0.25">
+      <c r="A37" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="D37" s="5"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="5"/>
+      <c r="G37" s="5"/>
+      <c r="H37" s="8"/>
+      <c r="I37" s="7" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D38" s="4"/>
+      <c r="E38" s="1"/>
+      <c r="F38" s="4"/>
+      <c r="G38" s="4"/>
+      <c r="H38" s="19"/>
+      <c r="I38" s="6" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="D39" s="5"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="8"/>
+      <c r="I39" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D40" s="4"/>
+      <c r="E40" s="1"/>
+      <c r="F40" s="4"/>
+      <c r="G40" s="4"/>
+      <c r="H40" s="19"/>
+      <c r="I40" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D41" s="5"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="5"/>
+      <c r="G41" s="5"/>
+      <c r="H41" s="8"/>
+      <c r="I41" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D42" s="4"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="4"/>
+      <c r="H42" s="19"/>
+      <c r="I42" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="D43" s="5"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="5"/>
+      <c r="G43" s="5"/>
+      <c r="H43" s="8"/>
+      <c r="I43" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" s="4"/>
+      <c r="E44" s="1"/>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+      <c r="H44" s="19"/>
+      <c r="I44" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="D45" s="5"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="5"/>
+      <c r="G45" s="5"/>
+      <c r="H45" s="8"/>
+      <c r="I45" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D46" s="4"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="4"/>
+      <c r="G46" s="4"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D47" s="5"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="5"/>
+      <c r="G47" s="5"/>
+      <c r="H47" s="8"/>
+      <c r="I47" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D48" s="4"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="4"/>
+      <c r="G48" s="4"/>
+      <c r="H48" s="19"/>
+      <c r="I48" s="6" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A49" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B49" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C49" s="17" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" s="18"/>
+      <c r="E49" s="17"/>
+      <c r="F49" s="18"/>
+      <c r="G49" s="18"/>
+      <c r="H49" s="22"/>
+      <c r="I49" s="23" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D50" s="4"/>
+      <c r="E50" s="1"/>
+      <c r="F50" s="4"/>
+      <c r="G50" s="4"/>
+      <c r="H50" s="19"/>
+      <c r="I50" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D51" s="5"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="5"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="8"/>
+      <c r="I51" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D52" s="4"/>
+      <c r="E52" s="1"/>
+      <c r="F52" s="4"/>
+      <c r="G52" s="4"/>
+      <c r="H52" s="19"/>
+      <c r="I52" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="D53" s="5"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="5"/>
+      <c r="G53" s="5"/>
+      <c r="H53" s="8"/>
+      <c r="I53" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D54" s="4"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="4"/>
+      <c r="G54" s="4"/>
+      <c r="H54" s="19"/>
+      <c r="I54" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="D55" s="5"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="5"/>
+      <c r="G55" s="5"/>
+      <c r="H55" s="8"/>
+      <c r="I55" s="7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C56" s="1"/>
+      <c r="D56" s="4">
+        <v>1</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="F56" s="4"/>
+      <c r="G56" s="4"/>
+      <c r="H56" s="19"/>
+      <c r="I56" s="6"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C57" s="2"/>
+      <c r="D57" s="5">
+        <v>1</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="F57" s="5">
+        <v>1</v>
+      </c>
+      <c r="G57" s="5"/>
+      <c r="H57" s="8"/>
+      <c r="I57" s="7"/>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C58" s="1"/>
+      <c r="D58" s="4">
+        <v>1</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="F58" s="4"/>
+      <c r="G58" s="4"/>
+      <c r="H58" s="19"/>
+      <c r="I58" s="6"/>
+    </row>
+    <row r="59" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A59" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D59" s="5"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="5"/>
+      <c r="G59" s="5"/>
+      <c r="H59" s="8" t="s">
+        <v>222</v>
+      </c>
+      <c r="I59" s="7"/>
+    </row>
+    <row r="60" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>120</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D60" s="4"/>
+      <c r="E60" s="1"/>
+      <c r="F60" s="4"/>
+      <c r="G60" s="4"/>
+      <c r="H60" s="19" t="s">
+        <v>223</v>
+      </c>
+      <c r="I60" s="6"/>
+    </row>
+    <row r="61" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="D61" s="5"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="5"/>
+      <c r="G61" s="5"/>
+      <c r="H61" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="I61" s="7"/>
+    </row>
+    <row r="62" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A62" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D62" s="4"/>
+      <c r="E62" s="1"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="19" t="s">
+        <v>225</v>
+      </c>
+      <c r="I62" s="6"/>
+    </row>
+    <row r="63" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A63" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...135 lines deleted...]
-      <c r="I11" s="3" t="s">
+      <c r="B63" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D63" s="5"/>
+      <c r="E63" s="5"/>
+      <c r="F63" s="5"/>
+      <c r="G63" s="5"/>
+      <c r="H63" s="7" t="s">
         <v>226</v>
       </c>
-      <c r="J11" t="s">
-[...566 lines deleted...]
-      <c r="A53" s="35" t="s">
+      <c r="I63" s="7"/>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C64" s="1"/>
+      <c r="D64" s="4"/>
+      <c r="E64" s="1"/>
+      <c r="F64" s="4"/>
+      <c r="G64" s="4">
+        <v>1</v>
+      </c>
+      <c r="H64" s="19"/>
+      <c r="I64" s="6"/>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...92 lines deleted...]
-      <c r="A59" s="35" t="s">
+      <c r="B65" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C65" s="2"/>
+      <c r="D65" s="5"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="5"/>
+      <c r="G65" s="5">
+        <v>0</v>
+      </c>
+      <c r="H65" s="8"/>
+      <c r="I65" s="7"/>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
         <v>132</v>
       </c>
-      <c r="B59" s="1" t="s">
-[...85 lines deleted...]
-      <c r="A68" s="35"/>
+      <c r="B66" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C66" s="4"/>
+      <c r="D66" s="4"/>
+      <c r="E66" s="4"/>
+      <c r="F66" s="4"/>
+      <c r="G66" s="4">
+        <v>0</v>
+      </c>
+      <c r="H66" s="6"/>
+      <c r="I66" s="6"/>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B67" s="5"/>
+      <c r="C67" s="5"/>
+      <c r="D67" s="5"/>
+      <c r="E67" s="5"/>
+      <c r="F67" s="5"/>
+      <c r="G67" s="5"/>
+      <c r="H67" s="7"/>
+      <c r="I67" s="7"/>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="38" t="s">
+        <v>144</v>
+      </c>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
+      <c r="D68" s="4"/>
       <c r="E68" s="1"/>
-      <c r="H68" s="2"/>
-[...297 lines deleted...]
-      </c>
+      <c r="F68" s="4"/>
+      <c r="G68" s="4"/>
+      <c r="H68" s="19"/>
+      <c r="I68" s="6"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="D69" s="13"/>
+      <c r="E69" s="11"/>
+      <c r="F69" s="13"/>
+      <c r="G69" s="13"/>
+      <c r="H69" s="20"/>
+      <c r="I69" s="24"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="11" type="noConversion"/>
+  <hyperlinks>
+    <hyperlink ref="A68" location="'Unit Events Elements'!A77" display="MhfaTYp_HouseholdMember" xr:uid="{2043C594-AE86-4313-BD89-D5A3D2AA766D}"/>
+    <hyperlink ref="A67" location="'Unit Events Elements'!A70" display="MhfaTyp_HeadOfHousehold" xr:uid="{CEF2BCF7-C5FF-4DE4-A69A-38B16F336B90}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
-[...424 lines deleted...]
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5CCC13C-DF6B-4C9E-9BAD-96FA5022FCEF}">
-  <dimension ref="A1:E77"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57A7872F-DB4E-48DF-A324-FABF07D0A58C}">
+  <dimension ref="A1:A4"/>
   <sheetViews>
-    <sheetView topLeftCell="C40" workbookViewId="0">
-      <selection activeCell="D45" sqref="D45"/>
+    <sheetView workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.140625" hidden="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="157.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="160.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...450 lines deleted...]
-        <v>382</v>
+    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="409.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="9" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" ht="408.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="9" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A4" s="9" t="s">
+        <v>253</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
-[...6731 lines deleted...]
-  </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B M D A A B Q S w M E F A A C A A g A r I H u U i o e J 9 O j A A A A 9 Q A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w G I R f h X S n L e h A y E 8 Z X C U x I R r X p l R s h B 9 D i + X d H H w k X 0 G M o m 6 O d 9 9 d c n e / 3 i A f 2 y a 4 6 N 6 a D j M S U U 4 C j a q r D N Y Z G d w h T E g u Y C P V S d Y 6 m M J o 0 9 G a j B y d O 6 e M e e + p X 9 C u r 1 n M e c T 2 x b p U R 9 3 K 0 K B 1 E p U m n 1 b 1 v 0 U E 7 F 5 j R E y T J U 3 4 N A n Y 7 E F h 8 M v j i T 3 p j w m r o X F D r 4 X G c F s C m y W w 9 w X x A F B L A w Q U A A I A C A C s g e 5 S D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A r I H u U i i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A r I H u U i o e J 9 O j A A A A 9 Q A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A K y B 7 l I P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A O 8 A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A r I H u U i i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 A E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A O w I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L f p w e u C S y R D o z 9 7 H X 5 a c h 4 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A j j e A y 5 y k g 1 C W 2 e a M B D 6 6 4 w A A A A A E g A A A o A A A A B A A A A B / u p p Z c I Q I e 1 b Z p A 5 T r r L U U A A A A A i 4 k 7 h E 4 5 I E u j z X K I C K 1 K 2 M m + f r G E I r S G e s e 6 m U P Q P h / b z 6 d W Q v k m 3 u d O F U C d v J w v 7 J W / H G Q 1 x g t J a F t y q T z l w u v k o l v 6 3 o 0 n H w c 6 7 p 6 A j o F A A A A L A o R u R G k A q q B 3 F 0 I i a 2 k S N E 4 2 D R < / D a t a M a s h u p > 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d48547a4-795f-415e-bdd8-9d13171daa85" xsi:nil="true"/>
+    <dWebExtension xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+    <media_group xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+    <dReleaseDate xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+    <dID xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45">0</dID>
+    <dDocName xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+    <dRevisionID xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <xAssetType xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+    <dReleaseState xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+    <alt_Text xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+    <dDocAuthor xmlns="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C42A659D271E504C823DBF321F8D9247" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3b3ba0f422cbcfc2460b6443d3240e04">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccdd7221-2ef7-4a56-bbda-81d29668ab45" xmlns:ns3="d48547a4-795f-415e-bdd8-9d13171daa85" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d27593236f56cff3065168bda2c5c540" ns2:_="" ns3:_="">
+    <xsd:import namespace="ccdd7221-2ef7-4a56-bbda-81d29668ab45"/>
+    <xsd:import namespace="d48547a4-795f-415e-bdd8-9d13171daa85"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:dID" minOccurs="0"/>
+                <xsd:element ref="ns2:dDocAuthor" minOccurs="0"/>
+                <xsd:element ref="ns2:alt_Text" minOccurs="0"/>
+                <xsd:element ref="ns2:dReleaseDate" minOccurs="0"/>
+                <xsd:element ref="ns2:dReleaseState" minOccurs="0"/>
+                <xsd:element ref="ns2:xAssetType" minOccurs="0"/>
+                <xsd:element ref="ns2:dWebExtension" minOccurs="0"/>
+                <xsd:element ref="ns2:media_group" minOccurs="0"/>
+                <xsd:element ref="ns2:dDocName" minOccurs="0"/>
+                <xsd:element ref="ns2:dRevisionID" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ccdd7221-2ef7-4a56-bbda-81d29668ab45" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="dID" ma:index="15" nillable="true" ma:displayName="dID" ma:decimals="0" ma:default="0" ma:format="Dropdown" ma:internalName="dID" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="dDocAuthor" ma:index="16" nillable="true" ma:displayName="dDocAuthor" ma:format="Dropdown" ma:internalName="dDocAuthor">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="alt_Text" ma:index="17" nillable="true" ma:displayName="alt_Text" ma:format="Dropdown" ma:internalName="alt_Text">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="dReleaseDate" ma:index="18" nillable="true" ma:displayName="dReleaseDate" ma:format="DateOnly" ma:internalName="dReleaseDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="dReleaseState" ma:index="19" nillable="true" ma:displayName="dReleaseState" ma:format="Dropdown" ma:internalName="dReleaseState">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="xAssetType" ma:index="20" nillable="true" ma:displayName="xAssetType" ma:format="Dropdown" ma:internalName="xAssetType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="dWebExtension" ma:index="21" nillable="true" ma:displayName="dWebExtension" ma:format="Dropdown" ma:internalName="dWebExtension">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="media_group" ma:index="22" nillable="true" ma:displayName="media_group" ma:format="Dropdown" ma:internalName="media_group">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="dDocName" ma:index="23" nillable="true" ma:displayName="dDocName" ma:format="Dropdown" ma:internalName="dDocName">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="dRevisionID" ma:index="24" nillable="true" ma:displayName="dRevisionID" ma:format="Dropdown" ma:internalName="dRevisionID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="26" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="219cb8a3-2c43-49ff-bdd4-56a41dc47caf" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="28" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="29" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d48547a4-795f-415e-bdd8-9d13171daa85" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="27" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{bf3e00dc-7549-425a-8013-f64be5a23c1f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d48547a4-795f-415e-bdd8-9d13171daa85">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FFF811A-20DC-4A43-A438-DD8589E7B56F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{005BB920-664D-4F9D-8FE6-BE85BC34B9D1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d48547a4-795f-415e-bdd8-9d13171daa85"/>
+    <ds:schemaRef ds:uri="ccdd7221-2ef7-4a56-bbda-81d29668ab45"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BF9B5B3-7A26-43D8-9875-A236A44C9624}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1F17214-6D3F-4139-B9A8-3C675EFE060F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ccdd7221-2ef7-4a56-bbda-81d29668ab45"/>
+    <ds:schemaRef ds:uri="d48547a4-795f-415e-bdd8-9d13171daa85"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>About this workbook</vt:lpstr>
       <vt:lpstr>Property Elements</vt:lpstr>
-      <vt:lpstr>Unit Events Elements</vt:lpstr>
+      <vt:lpstr>Unit Events</vt:lpstr>
       <vt:lpstr>MHFA Types</vt:lpstr>
-      <vt:lpstr>Processing Error Codes</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Full schema Extract</vt:lpstr>
+      <vt:lpstr>Example only D0000</vt:lpstr>
+      <vt:lpstr>Minnesota_Housing__PORT_Schema_Definitions_for_XML_Upload_of_Unit_Events_and_Tenant_Data</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>State of Minnesota</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Kinley, Katey</dc:creator>
+  <dc:creator>Kinley, Katey (MHFA)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Version">
+    <vt:lpwstr>2.1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100C42A659D271E504C823DBF321F8D9247</vt:lpwstr>
+  </property>
+</Properties>
+</file>