--- v0 (2025-11-23)
+++ v1 (2026-03-25)
@@ -6,60 +6,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\KWilbricht\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\OpsTeam_MF\Web\_RFP_Patty\2026RFP_2027HTC\2. Redlines\10 Doc Ready For Website_MoveONEarlyRelease\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F7261BD-97F0-4F36-B6AF-24D6054106BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ADE609F4-B9CF-4695-967F-C3ADC71973E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25260" yWindow="3015" windowWidth="21600" windowHeight="11385" tabRatio="920" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2685" yWindow="2685" windowWidth="25155" windowHeight="12375" tabRatio="920" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="1" r:id="rId1"/>
     <sheet name="CriticalNeedsModel " sheetId="2" r:id="rId2"/>
     <sheet name="CriticalNeedsItems" sheetId="3" r:id="rId3"/>
     <sheet name="Lists (TAB NEEDS TO BE HIDDEN)" sheetId="4" state="hidden" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="_mm1">[1]App!$A$306</definedName>
     <definedName name="_mm10">[1]App!$A$315</definedName>
     <definedName name="_mm11">[1]App!$A$316</definedName>
     <definedName name="_mm12">[1]App!$A$317</definedName>
     <definedName name="_mm13">[1]App!$A$318</definedName>
     <definedName name="_mm14">[1]App!$A$319</definedName>
     <definedName name="_mm15">[1]App!$A$320</definedName>
     <definedName name="_mm16">[1]App!$B$306</definedName>
     <definedName name="_mm17">[1]App!$B$307</definedName>
     <definedName name="_mm18">[1]App!$B$308</definedName>
     <definedName name="_mm19">[1]App!$B$309</definedName>
     <definedName name="_mm2">[1]App!$A$307</definedName>
     <definedName name="_mm20">[1]App!$B$310</definedName>
     <definedName name="_mm21">[1]App!$B$311</definedName>
@@ -1489,73 +1489,58 @@
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="133">
+  <cellXfs count="132">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="4" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
@@ -1623,138 +1608,165 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="25" fillId="0" borderId="0" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="21" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
@@ -1848,65 +1860,50 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="11">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Hyperlink" xfId="10" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Percent" xfId="7" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Percent 3" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -2355,214 +2352,212 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhousing.gov/document/pna_inspectiontemplate_mf_25-26" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhousing.gov/document/cna-20year-capital-expenditure-template_25-26" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhousing.gov/document/rental-housing-design_construction-standards_25-26" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhousing.gov/documents/53317/pna_inspectiontemplate_mf_26-27/view" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhousing.gov/documents/53302/cna_20year_capital_expenditure_template_26-27/view" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhousing.gov/documents/53319/rental-housing-design_construction-standards_26-27/view" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A2:O14"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="F5" sqref="F5"/>
+      <selection activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="8.85546875" style="3"/>
+    <col min="1" max="1" width="3.85546875" style="64" customWidth="1"/>
+    <col min="2" max="2" width="3.85546875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="8.85546875" style="3"/>
+    <col min="4" max="4" width="86.5703125" style="65" customWidth="1"/>
+    <col min="5" max="5" width="8.85546875" style="66"/>
+    <col min="6" max="6" width="20.7109375" style="67" customWidth="1"/>
+    <col min="7" max="16384" width="8.85546875" style="66"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:15" ht="40.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="3" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-    </row>
+    <row r="3" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:15" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="74" t="s">
+      <c r="A4" s="78" t="s">
         <v>146</v>
       </c>
-      <c r="B4" s="74"/>
-[...5 lines deleted...]
-      <c r="B5" s="56" t="s">
+      <c r="B4" s="78"/>
+      <c r="C4" s="78"/>
+      <c r="D4" s="78"/>
+    </row>
+    <row r="5" spans="1:15" s="64" customFormat="1" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="68"/>
+      <c r="B5" s="69" t="s">
         <v>128</v>
       </c>
-      <c r="C5" s="75" t="s">
+      <c r="C5" s="79" t="s">
         <v>153</v>
       </c>
-      <c r="D5" s="75"/>
-[...1 lines deleted...]
-      <c r="F5" s="73" t="s">
+      <c r="D5" s="79"/>
+      <c r="E5" s="79"/>
+      <c r="F5" s="58" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="6" spans="1:15" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="82" t="s">
+    <row r="6" spans="1:15" s="64" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="86" t="s">
         <v>131</v>
       </c>
-      <c r="B6" s="82"/>
-[...3 lines deleted...]
-      <c r="F6" s="7"/>
+      <c r="B6" s="86"/>
+      <c r="C6" s="86"/>
+      <c r="D6" s="86"/>
+      <c r="E6" s="70"/>
+      <c r="F6" s="65"/>
     </row>
     <row r="7" spans="1:15" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="10"/>
-      <c r="B7" s="56" t="s">
+      <c r="A7" s="71"/>
+      <c r="B7" s="69" t="s">
         <v>128</v>
       </c>
-      <c r="C7" s="76" t="s">
+      <c r="C7" s="80" t="s">
         <v>154</v>
       </c>
-      <c r="D7" s="77"/>
-[...1 lines deleted...]
-      <c r="F7" s="73" t="s">
+      <c r="D7" s="81"/>
+      <c r="E7" s="81"/>
+      <c r="F7" s="58" t="s">
         <v>151</v>
       </c>
-      <c r="M7" s="81"/>
-[...5 lines deleted...]
-      <c r="B8" s="56" t="s">
+      <c r="M7" s="85"/>
+      <c r="N7" s="85"/>
+      <c r="O7" s="85"/>
+    </row>
+    <row r="8" spans="1:15" s="72" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="71"/>
+      <c r="B8" s="69" t="s">
         <v>128</v>
       </c>
-      <c r="C8" s="78" t="s">
+      <c r="C8" s="82" t="s">
         <v>147</v>
       </c>
-      <c r="D8" s="78"/>
-[...1 lines deleted...]
-      <c r="F8" s="73" t="s">
+      <c r="D8" s="82"/>
+      <c r="E8" s="82"/>
+      <c r="F8" s="58" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="9" spans="1:15" s="4" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B9" s="56" t="s">
+    <row r="9" spans="1:15" s="72" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="71"/>
+      <c r="B9" s="69" t="s">
         <v>128</v>
       </c>
-      <c r="C9" s="79" t="s">
+      <c r="C9" s="83" t="s">
         <v>134</v>
       </c>
-      <c r="D9" s="79"/>
-[...5 lines deleted...]
-      <c r="B10" s="56" t="s">
+      <c r="D9" s="83"/>
+      <c r="E9" s="83"/>
+      <c r="F9" s="73"/>
+    </row>
+    <row r="10" spans="1:15" s="72" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="71"/>
+      <c r="B10" s="69" t="s">
         <v>128</v>
       </c>
-      <c r="C10" s="80" t="s">
+      <c r="C10" s="84" t="s">
         <v>148</v>
       </c>
-      <c r="D10" s="80"/>
-[...4 lines deleted...]
-      <c r="A11" s="82" t="s">
+      <c r="D10" s="84"/>
+      <c r="E10" s="84"/>
+      <c r="F10" s="73"/>
+    </row>
+    <row r="11" spans="1:15" s="64" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="86" t="s">
         <v>132</v>
       </c>
-      <c r="B11" s="82"/>
-[...3 lines deleted...]
-      <c r="F11" s="68"/>
+      <c r="B11" s="86"/>
+      <c r="C11" s="86"/>
+      <c r="D11" s="86"/>
+      <c r="E11" s="70"/>
+      <c r="F11" s="74"/>
     </row>
     <row r="12" spans="1:15" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="10"/>
-      <c r="B12" s="56" t="s">
+      <c r="A12" s="71"/>
+      <c r="B12" s="69" t="s">
         <v>128</v>
       </c>
-      <c r="C12" s="75" t="s">
+      <c r="C12" s="79" t="s">
         <v>149</v>
       </c>
-      <c r="D12" s="75"/>
-      <c r="E12" s="75"/>
+      <c r="D12" s="79"/>
+      <c r="E12" s="79"/>
     </row>
     <row r="13" spans="1:15" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="10"/>
-      <c r="B13" s="56" t="s">
+      <c r="A13" s="71"/>
+      <c r="B13" s="69" t="s">
         <v>128</v>
       </c>
-      <c r="C13" s="80" t="s">
+      <c r="C13" s="84" t="s">
         <v>150</v>
       </c>
-      <c r="D13" s="80"/>
-[...1 lines deleted...]
-      <c r="F13" s="69"/>
+      <c r="D13" s="84"/>
+      <c r="E13" s="84"/>
+      <c r="F13" s="75"/>
     </row>
     <row r="14" spans="1:15" ht="68.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="10"/>
-[...3 lines deleted...]
-      <c r="E14" s="5"/>
+      <c r="A14" s="71"/>
+      <c r="B14" s="76"/>
+      <c r="C14" s="77"/>
+      <c r="D14" s="77"/>
+      <c r="E14" s="64"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Dvbex/Quzs9SoVuAKJcR6punuqkB5bJ4gvRLFMhXAuigYR+p1Ey+pc425ggksYYYu3FSfywALD5e8fYIqssgzg==" saltValue="wVz70FHoxBNWwSkkuic3Sg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="3st2HQQHFHgtZ78RRJdIPit617+rqn4LeCQcxUvy28q1qp/huij851Y0LukIbL94CkclZME/Y/gKDPc2jUa8ig==" saltValue="o48oqWXzE0fXHi/jPvHB0g==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <customSheetViews>
     <customSheetView guid="{34248305-4881-4967-AF12-F11FBED25AA9}" showPageBreaks="1" zeroValues="0" printArea="1" hiddenRows="1">
       <selection activeCell="D3" sqref="D3"/>
       <rowBreaks count="1" manualBreakCount="1">
         <brk id="44" max="16383" man="1"/>
       </rowBreaks>
       <pageMargins left="0.2" right="0.2" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
       <pageSetup orientation="portrait" r:id="rId1"/>
       <headerFooter>
         <oddFooter>&amp;RFebruary 2018</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{160A2AA8-3D5E-4567-AA68-E995B337DC92}" showPageBreaks="1" zeroValues="0" printArea="1">
       <selection activeCell="B13" sqref="B13"/>
       <rowBreaks count="1" manualBreakCount="1">
         <brk id="42" max="16383" man="1"/>
       </rowBreaks>
       <pageMargins left="0.2" right="0.2" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
       <pageSetup orientation="portrait" r:id="rId2"/>
       <headerFooter>
         <oddFooter>&amp;F</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{8BD12DF6-E161-4A64-B548-A7343226A364}" zeroValues="0">
       <selection activeCell="B13" sqref="B13"/>
@@ -2602,415 +2597,415 @@
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F8" r:id="rId5" xr:uid="{A4FF114E-1F1C-422B-9333-23F51C318CAB}"/>
     <hyperlink ref="F7" r:id="rId6" xr:uid="{353D1255-DB45-4118-99D2-0C4C98FF7CAA}"/>
     <hyperlink ref="F5" r:id="rId7" xr:uid="{770D53A7-9C5F-4554-A16F-804FA8EBA06F}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId8"/>
   <headerFooter>
     <oddFooter>&amp;RFebruary 2018</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="44" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J38"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7:E7"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="15.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="23.140625" style="2" customWidth="1"/>
     <col min="5" max="5" width="24.28515625" style="2" customWidth="1"/>
     <col min="6" max="8" width="12.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="26.28515625" style="2" customWidth="1"/>
     <col min="10" max="10" width="49.28515625" style="2" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="100" t="s">
+      <c r="A1" s="104" t="s">
         <v>136</v>
       </c>
-      <c r="B1" s="100"/>
-[...2 lines deleted...]
-      <c r="E1" s="100"/>
+      <c r="B1" s="104"/>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="100"/>
-[...3 lines deleted...]
-      <c r="E2" s="100"/>
+      <c r="A2" s="104"/>
+      <c r="B2" s="104"/>
+      <c r="C2" s="104"/>
+      <c r="D2" s="104"/>
+      <c r="E2" s="104"/>
     </row>
     <row r="3" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="84" t="s">
+      <c r="A3" s="88" t="s">
         <v>133</v>
       </c>
-      <c r="B3" s="84"/>
-[...2 lines deleted...]
-      <c r="E3" s="84"/>
+      <c r="B3" s="88"/>
+      <c r="C3" s="88"/>
+      <c r="D3" s="88"/>
+      <c r="E3" s="88"/>
     </row>
     <row r="4" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="111" t="s">
+      <c r="A4" s="115" t="s">
         <v>160</v>
       </c>
-      <c r="B4" s="111"/>
-[...2 lines deleted...]
-      <c r="E4" s="111"/>
+      <c r="B4" s="115"/>
+      <c r="C4" s="115"/>
+      <c r="D4" s="115"/>
+      <c r="E4" s="115"/>
     </row>
     <row r="5" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
-[...3 lines deleted...]
-      <c r="E5" s="84"/>
+      <c r="A5" s="88"/>
+      <c r="B5" s="88"/>
+      <c r="C5" s="88"/>
+      <c r="D5" s="88"/>
+      <c r="E5" s="88"/>
     </row>
     <row r="6" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="84"/>
-[...3 lines deleted...]
-      <c r="E6" s="84"/>
+      <c r="A6" s="88"/>
+      <c r="B6" s="88"/>
+      <c r="C6" s="88"/>
+      <c r="D6" s="88"/>
+      <c r="E6" s="88"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A7" s="106" t="s">
+      <c r="A7" s="110" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="106"/>
-[...2 lines deleted...]
-      <c r="E7" s="102"/>
+      <c r="B7" s="110"/>
+      <c r="C7" s="106"/>
+      <c r="D7" s="106"/>
+      <c r="E7" s="106"/>
     </row>
     <row r="8" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="107" t="s">
+      <c r="A8" s="111" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="107"/>
-[...2 lines deleted...]
-      <c r="E8" s="13"/>
+      <c r="B8" s="111"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="6"/>
     </row>
     <row r="9" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="107" t="s">
+      <c r="A9" s="111" t="s">
         <v>0</v>
       </c>
-      <c r="B9" s="107"/>
-[...8 lines deleted...]
-      <c r="E10" s="50"/>
+      <c r="B9" s="111"/>
+      <c r="C9" s="8"/>
+      <c r="E9" s="7"/>
+    </row>
+    <row r="10" spans="1:5" s="41" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="45"/>
+      <c r="B10" s="45"/>
+      <c r="C10" s="44"/>
+      <c r="D10" s="42"/>
+      <c r="E10" s="43"/>
     </row>
     <row r="11" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="83" t="s">
+      <c r="A11" s="87" t="s">
         <v>141</v>
       </c>
-      <c r="B11" s="83"/>
-[...2 lines deleted...]
-      <c r="E11" s="83"/>
+      <c r="B11" s="87"/>
+      <c r="C11" s="87"/>
+      <c r="D11" s="87"/>
+      <c r="E11" s="87"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="70"/>
-[...6 lines deleted...]
-      <c r="A13" s="108" t="s">
+      <c r="A12" s="55"/>
+      <c r="B12" s="55"/>
+      <c r="C12" s="55"/>
+      <c r="D12" s="55"/>
+      <c r="E12" s="55"/>
+    </row>
+    <row r="13" spans="1:5" s="46" customFormat="1" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="112" t="s">
         <v>15</v>
       </c>
-      <c r="B13" s="108"/>
-[...2 lines deleted...]
-      <c r="E13" s="108"/>
+      <c r="B13" s="112"/>
+      <c r="C13" s="112"/>
+      <c r="D13" s="112"/>
+      <c r="E13" s="112"/>
     </row>
     <row r="14" spans="1:5" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="103"/>
-[...2 lines deleted...]
-      <c r="D14" s="61" t="s">
+      <c r="A14" s="107"/>
+      <c r="B14" s="108"/>
+      <c r="C14" s="109"/>
+      <c r="D14" s="50" t="s">
         <v>9</v>
       </c>
-      <c r="E14" s="72" t="s">
+      <c r="E14" s="57" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="85"/>
-[...2 lines deleted...]
-      <c r="D15" s="16" t="s">
+      <c r="A15" s="89"/>
+      <c r="B15" s="90"/>
+      <c r="C15" s="91"/>
+      <c r="D15" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="E15" s="16" t="s">
+      <c r="E15" s="9" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="88" t="s">
+      <c r="A16" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="B16" s="89"/>
-[...2 lines deleted...]
-      <c r="E16" s="17"/>
+      <c r="B16" s="93"/>
+      <c r="C16" s="94"/>
+      <c r="D16" s="10"/>
+      <c r="E16" s="10"/>
     </row>
     <row r="17" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="91" t="s">
+      <c r="A17" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B17" s="89"/>
-[...3 lines deleted...]
-      <c r="J17" s="58"/>
+      <c r="B17" s="93"/>
+      <c r="C17" s="94"/>
+      <c r="D17" s="10"/>
+      <c r="E17" s="10"/>
+      <c r="J17" s="47"/>
     </row>
     <row r="18" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="91" t="s">
+      <c r="A18" s="95" t="s">
         <v>3</v>
       </c>
-      <c r="B18" s="89"/>
-[...2 lines deleted...]
-      <c r="E18" s="17"/>
+      <c r="B18" s="93"/>
+      <c r="C18" s="94"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="10"/>
     </row>
     <row r="19" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="94" t="s">
+      <c r="A19" s="98" t="s">
         <v>4</v>
       </c>
-      <c r="B19" s="95"/>
-[...1 lines deleted...]
-      <c r="D19" s="18">
+      <c r="B19" s="99"/>
+      <c r="C19" s="100"/>
+      <c r="D19" s="11">
         <f t="shared" ref="D19:E19" si="0">D16-D17-D18</f>
         <v>0</v>
       </c>
-      <c r="E19" s="18">
+      <c r="E19" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="91" t="s">
+      <c r="A20" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="B20" s="89"/>
-[...2 lines deleted...]
-      <c r="E20" s="17"/>
+      <c r="B20" s="93"/>
+      <c r="C20" s="94"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="10"/>
     </row>
     <row r="21" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="91" t="s">
+      <c r="A21" s="95" t="s">
         <v>12</v>
       </c>
-      <c r="B21" s="89"/>
-[...2 lines deleted...]
-      <c r="E21" s="17"/>
+      <c r="B21" s="93"/>
+      <c r="C21" s="94"/>
+      <c r="D21" s="10"/>
+      <c r="E21" s="10"/>
     </row>
     <row r="22" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="94" t="s">
+      <c r="A22" s="98" t="s">
         <v>6</v>
       </c>
-      <c r="B22" s="95"/>
-[...1 lines deleted...]
-      <c r="D22" s="18">
+      <c r="B22" s="99"/>
+      <c r="C22" s="100"/>
+      <c r="D22" s="11">
         <f t="shared" ref="D22:E22" si="1">D19-D20-D21</f>
         <v>0</v>
       </c>
-      <c r="E22" s="18">
+      <c r="E22" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="94"/>
-[...3 lines deleted...]
-      <c r="E23" s="18"/>
+      <c r="A23" s="98"/>
+      <c r="B23" s="99"/>
+      <c r="C23" s="100"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
     </row>
     <row r="24" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="91" t="s">
+      <c r="A24" s="95" t="s">
         <v>137</v>
       </c>
-      <c r="B24" s="92"/>
-[...9 lines deleted...]
-      <c r="E25" s="47"/>
+      <c r="B24" s="96"/>
+      <c r="C24" s="97"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="10"/>
+    </row>
+    <row r="25" spans="1:10" s="41" customFormat="1" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="101"/>
+      <c r="B25" s="102"/>
+      <c r="C25" s="103"/>
+      <c r="D25" s="40"/>
+      <c r="E25" s="40"/>
     </row>
     <row r="26" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="94" t="s">
+      <c r="A26" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="B26" s="109"/>
-[...1 lines deleted...]
-      <c r="D26" s="18">
+      <c r="B26" s="113"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="11">
         <f>D22+D24</f>
         <v>0</v>
       </c>
-      <c r="E26" s="18">
+      <c r="E26" s="11">
         <f>E22+E24</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="91"/>
-[...3 lines deleted...]
-      <c r="E27" s="19"/>
+      <c r="A27" s="95"/>
+      <c r="B27" s="96"/>
+      <c r="C27" s="97"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="12"/>
     </row>
     <row r="28" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="91" t="s">
+      <c r="A28" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B28" s="92"/>
-[...1 lines deleted...]
-      <c r="D28" s="19">
+      <c r="B28" s="96"/>
+      <c r="C28" s="97"/>
+      <c r="D28" s="12">
         <f>CriticalNeedsItems!C57</f>
         <v>0</v>
       </c>
-      <c r="E28" s="19">
+      <c r="E28" s="12">
         <f>CriticalNeedsItems!F57</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="94"/>
-[...3 lines deleted...]
-      <c r="E29" s="20"/>
+      <c r="A29" s="98"/>
+      <c r="B29" s="113"/>
+      <c r="C29" s="114"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="13"/>
     </row>
     <row r="30" spans="1:10" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="113" t="s">
+      <c r="A30" s="117" t="s">
         <v>138</v>
       </c>
-      <c r="B30" s="114"/>
-[...1 lines deleted...]
-      <c r="D30" s="21">
+      <c r="B30" s="118"/>
+      <c r="C30" s="119"/>
+      <c r="D30" s="14">
         <f t="shared" ref="D30:E30" si="2">D26-D28</f>
         <v>0</v>
       </c>
-      <c r="E30" s="65">
+      <c r="E30" s="54">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="113" t="s">
+      <c r="A31" s="117" t="s">
         <v>139</v>
       </c>
-      <c r="B31" s="114"/>
-[...1 lines deleted...]
-      <c r="D31" s="64" t="e">
+      <c r="B31" s="118"/>
+      <c r="C31" s="119"/>
+      <c r="D31" s="53" t="e">
         <f>D30/C9</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="E31" s="46" t="e">
+      <c r="E31" s="39" t="e">
         <f>E30/C9</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="101"/>
-[...3 lines deleted...]
-      <c r="E32" s="101"/>
+      <c r="A32" s="105"/>
+      <c r="B32" s="105"/>
+      <c r="C32" s="105"/>
+      <c r="D32" s="105"/>
+      <c r="E32" s="105"/>
     </row>
     <row r="33" spans="1:5" ht="34.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="83" t="s">
+      <c r="A33" s="87" t="s">
         <v>140</v>
       </c>
-      <c r="B33" s="83"/>
-[...2 lines deleted...]
-      <c r="E33" s="83"/>
+      <c r="B33" s="87"/>
+      <c r="C33" s="87"/>
+      <c r="D33" s="87"/>
+      <c r="E33" s="87"/>
     </row>
     <row r="34" spans="1:5" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="83" t="s">
+      <c r="A34" s="87" t="s">
         <v>156</v>
       </c>
-      <c r="B34" s="83"/>
-[...2 lines deleted...]
-      <c r="E34" s="83"/>
+      <c r="B34" s="87"/>
+      <c r="C34" s="87"/>
+      <c r="D34" s="87"/>
+      <c r="E34" s="87"/>
     </row>
     <row r="35" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="28"/>
-[...3 lines deleted...]
-      <c r="E35" s="28"/>
+      <c r="A35" s="21"/>
+      <c r="B35" s="21"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="21"/>
     </row>
     <row r="36" spans="1:5" ht="35.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="112" t="s">
+      <c r="A36" s="116" t="s">
         <v>130</v>
       </c>
-      <c r="B36" s="112"/>
-[...2 lines deleted...]
-      <c r="E36" s="112"/>
+      <c r="B36" s="116"/>
+      <c r="C36" s="116"/>
+      <c r="D36" s="116"/>
+      <c r="E36" s="116"/>
     </row>
     <row r="37" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="59"/>
-[...3 lines deleted...]
-      <c r="E37" s="60"/>
+      <c r="A37" s="48"/>
+      <c r="B37" s="49"/>
+      <c r="C37" s="49"/>
+      <c r="D37" s="49"/>
+      <c r="E37" s="49"/>
     </row>
     <row r="38" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="2"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="r046K8NCYRx31K5gMhK+oAAs8noxcacz58lVYZAm/chQrR/QhVfdr37LIMMX1ImYD6QqGUkVL04/nO+W5wr0Jw==" saltValue="EqHuWbe0aZ5bPBpZPc2gsw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <customSheetViews>
     <customSheetView guid="{34248305-4881-4967-AF12-F11FBED25AA9}" showPageBreaks="1" fitToPage="1" printArea="1" topLeftCell="A4">
       <selection activeCell="A11" sqref="A11:I11"/>
       <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.25" footer="0.25"/>
       <pageSetup scale="80" fitToHeight="0" orientation="portrait" r:id="rId1"/>
       <headerFooter>
         <oddFooter>&amp;CApril 2106</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{160A2AA8-3D5E-4567-AA68-E995B337DC92}" fitToPage="1">
       <selection activeCell="C5" sqref="C5"/>
       <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.25" footer="0.25"/>
       <pageSetup scale="80" fitToHeight="0" orientation="portrait" r:id="rId2"/>
     </customSheetView>
     <customSheetView guid="{8BD12DF6-E161-4A64-B548-A7343226A364}" fitToPage="1">
       <selection activeCell="C5" sqref="C5"/>
       <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.25" footer="0.25"/>
       <pageSetup scale="80" fitToHeight="0" orientation="portrait" r:id="rId3"/>
     </customSheetView>
@@ -3052,650 +3047,650 @@
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="A20:C20"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="80" fitToHeight="0" orientation="portrait" r:id="rId5"/>
   <headerFooter>
     <oddFooter>&amp;CApril 2106</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G57"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C17" sqref="C17"/>
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="34.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="26.7109375" style="2" customWidth="1"/>
     <col min="4" max="4" width="59.42578125" style="2" customWidth="1"/>
     <col min="5" max="5" width="4.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="32.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="41.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="116" t="s">
+      <c r="A1" s="120" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="116"/>
-[...4 lines deleted...]
-      <c r="G1" s="116"/>
+      <c r="B1" s="120"/>
+      <c r="C1" s="120"/>
+      <c r="D1" s="120"/>
+      <c r="E1" s="120"/>
+      <c r="F1" s="120"/>
+      <c r="G1" s="120"/>
     </row>
     <row r="2" spans="1:7" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="116"/>
-[...5 lines deleted...]
-      <c r="G2" s="116"/>
+      <c r="A2" s="120"/>
+      <c r="B2" s="120"/>
+      <c r="C2" s="120"/>
+      <c r="D2" s="120"/>
+      <c r="E2" s="120"/>
+      <c r="F2" s="120"/>
+      <c r="G2" s="120"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="84" t="s">
+      <c r="A3" s="88" t="s">
         <v>133</v>
       </c>
-      <c r="B3" s="84"/>
-[...4 lines deleted...]
-      <c r="G3" s="84"/>
+      <c r="B3" s="88"/>
+      <c r="C3" s="88"/>
+      <c r="D3" s="88"/>
+      <c r="E3" s="88"/>
+      <c r="F3" s="88"/>
+      <c r="G3" s="88"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="119" t="s">
+      <c r="A4" s="123" t="s">
         <v>157</v>
       </c>
-      <c r="B4" s="119"/>
-[...4 lines deleted...]
-      <c r="G4" s="119"/>
+      <c r="B4" s="123"/>
+      <c r="C4" s="123"/>
+      <c r="D4" s="123"/>
+      <c r="E4" s="123"/>
+      <c r="F4" s="123"/>
+      <c r="G4" s="123"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5" s="119" t="s">
+      <c r="A5" s="123" t="s">
         <v>142</v>
       </c>
-      <c r="B5" s="119"/>
-[...4 lines deleted...]
-      <c r="G5" s="119"/>
+      <c r="B5" s="123"/>
+      <c r="C5" s="123"/>
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="123"/>
+      <c r="G5" s="123"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="119" t="s">
+      <c r="A6" s="123" t="s">
         <v>158</v>
       </c>
-      <c r="B6" s="119"/>
-[...4 lines deleted...]
-      <c r="G6" s="119"/>
+      <c r="B6" s="123"/>
+      <c r="C6" s="123"/>
+      <c r="D6" s="123"/>
+      <c r="E6" s="123"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="119" t="s">
+      <c r="A7" s="123" t="s">
         <v>159</v>
       </c>
-      <c r="B7" s="119"/>
-[...4 lines deleted...]
-      <c r="G7" s="119"/>
+      <c r="B7" s="123"/>
+      <c r="C7" s="123"/>
+      <c r="D7" s="123"/>
+      <c r="E7" s="123"/>
+      <c r="F7" s="123"/>
+      <c r="G7" s="123"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A8" s="117"/>
-[...5 lines deleted...]
-      <c r="G8" s="117"/>
+      <c r="A8" s="121"/>
+      <c r="B8" s="121"/>
+      <c r="C8" s="121"/>
+      <c r="D8" s="121"/>
+      <c r="E8" s="121"/>
+      <c r="F8" s="121"/>
+      <c r="G8" s="121"/>
     </row>
     <row r="9" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="71" t="s">
+      <c r="A9" s="56" t="s">
         <v>1</v>
       </c>
-      <c r="B9" s="120">
+      <c r="B9" s="124">
         <f>'CriticalNeedsModel '!C7</f>
         <v>0</v>
       </c>
-      <c r="C9" s="120"/>
-[...3 lines deleted...]
-      <c r="G9" s="118"/>
+      <c r="C9" s="124"/>
+      <c r="D9" s="124"/>
+      <c r="E9" s="122"/>
+      <c r="F9" s="122"/>
+      <c r="G9" s="122"/>
     </row>
     <row r="10" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="124"/>
-[...5 lines deleted...]
-      <c r="G10" s="124"/>
+      <c r="A10" s="128"/>
+      <c r="B10" s="128"/>
+      <c r="C10" s="128"/>
+      <c r="D10" s="128"/>
+      <c r="E10" s="128"/>
+      <c r="F10" s="128"/>
+      <c r="G10" s="128"/>
     </row>
     <row r="11" spans="1:7" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="125"/>
-[...5 lines deleted...]
-      <c r="G11" s="125"/>
+      <c r="A11" s="129"/>
+      <c r="B11" s="129"/>
+      <c r="C11" s="129"/>
+      <c r="D11" s="129"/>
+      <c r="E11" s="129"/>
+      <c r="F11" s="129"/>
+      <c r="G11" s="129"/>
     </row>
     <row r="12" spans="1:7" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="121" t="s">
+      <c r="A12" s="125" t="s">
         <v>23</v>
       </c>
-      <c r="B12" s="122"/>
-[...3 lines deleted...]
-      <c r="F12" s="121" t="s">
+      <c r="B12" s="126"/>
+      <c r="C12" s="126"/>
+      <c r="D12" s="127"/>
+      <c r="E12" s="130"/>
+      <c r="F12" s="125" t="s">
         <v>127</v>
       </c>
-      <c r="G12" s="123"/>
+      <c r="G12" s="127"/>
     </row>
     <row r="13" spans="1:7" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="62" t="s">
+      <c r="A13" s="51" t="s">
         <v>143</v>
       </c>
-      <c r="B13" s="63" t="s">
+      <c r="B13" s="52" t="s">
         <v>144</v>
       </c>
-      <c r="C13" s="29" t="s">
+      <c r="C13" s="22" t="s">
         <v>24</v>
       </c>
-      <c r="D13" s="63" t="s">
+      <c r="D13" s="52" t="s">
         <v>145</v>
       </c>
-      <c r="E13" s="127"/>
-      <c r="F13" s="30" t="s">
+      <c r="E13" s="131"/>
+      <c r="F13" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="G13" s="31" t="s">
+      <c r="G13" s="24" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="128"/>
-[...5 lines deleted...]
-      <c r="G14" s="24"/>
+      <c r="A14" s="59"/>
+      <c r="B14" s="60"/>
+      <c r="C14" s="15"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="131"/>
+      <c r="F14" s="15"/>
+      <c r="G14" s="17"/>
     </row>
     <row r="15" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="130"/>
-[...5 lines deleted...]
-      <c r="G15" s="27"/>
+      <c r="A15" s="61"/>
+      <c r="B15" s="62"/>
+      <c r="C15" s="18"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="131"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="20"/>
     </row>
     <row r="16" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="130"/>
-[...5 lines deleted...]
-      <c r="G16" s="27"/>
+      <c r="A16" s="61"/>
+      <c r="B16" s="62"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="131"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="20"/>
     </row>
     <row r="17" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="130"/>
-[...5 lines deleted...]
-      <c r="G17" s="27"/>
+      <c r="A17" s="61"/>
+      <c r="B17" s="62"/>
+      <c r="C17" s="18"/>
+      <c r="D17" s="19"/>
+      <c r="E17" s="131"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="20"/>
     </row>
     <row r="18" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="130"/>
-[...5 lines deleted...]
-      <c r="G18" s="27"/>
+      <c r="A18" s="61"/>
+      <c r="B18" s="62"/>
+      <c r="C18" s="18"/>
+      <c r="D18" s="19"/>
+      <c r="E18" s="131"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="20"/>
     </row>
     <row r="19" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="130"/>
-[...5 lines deleted...]
-      <c r="G19" s="27"/>
+      <c r="A19" s="61"/>
+      <c r="B19" s="62"/>
+      <c r="C19" s="18"/>
+      <c r="D19" s="19"/>
+      <c r="E19" s="131"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="20"/>
     </row>
     <row r="20" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="130"/>
-[...5 lines deleted...]
-      <c r="G20" s="27"/>
+      <c r="A20" s="61"/>
+      <c r="B20" s="62"/>
+      <c r="C20" s="18"/>
+      <c r="D20" s="19"/>
+      <c r="E20" s="131"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="20"/>
     </row>
     <row r="21" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="132"/>
-[...5 lines deleted...]
-      <c r="G21" s="27"/>
+      <c r="A21" s="63"/>
+      <c r="B21" s="62"/>
+      <c r="C21" s="18"/>
+      <c r="D21" s="19"/>
+      <c r="E21" s="131"/>
+      <c r="F21" s="18"/>
+      <c r="G21" s="20"/>
     </row>
     <row r="22" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="130"/>
-[...5 lines deleted...]
-      <c r="G22" s="27"/>
+      <c r="A22" s="61"/>
+      <c r="B22" s="62"/>
+      <c r="C22" s="18"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="131"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="20"/>
     </row>
     <row r="23" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="130"/>
-[...5 lines deleted...]
-      <c r="G23" s="27"/>
+      <c r="A23" s="61"/>
+      <c r="B23" s="62"/>
+      <c r="C23" s="18"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="131"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="20"/>
     </row>
     <row r="24" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="130"/>
-[...5 lines deleted...]
-      <c r="G24" s="27"/>
+      <c r="A24" s="61"/>
+      <c r="B24" s="62"/>
+      <c r="C24" s="18"/>
+      <c r="D24" s="19"/>
+      <c r="E24" s="131"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="20"/>
     </row>
     <row r="25" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="130"/>
-[...5 lines deleted...]
-      <c r="G25" s="27"/>
+      <c r="A25" s="61"/>
+      <c r="B25" s="62"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="19"/>
+      <c r="E25" s="131"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="20"/>
     </row>
     <row r="26" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="130"/>
-[...5 lines deleted...]
-      <c r="G26" s="27"/>
+      <c r="A26" s="61"/>
+      <c r="B26" s="62"/>
+      <c r="C26" s="18"/>
+      <c r="D26" s="19"/>
+      <c r="E26" s="131"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="20"/>
     </row>
     <row r="27" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="130"/>
-[...5 lines deleted...]
-      <c r="G27" s="27"/>
+      <c r="A27" s="61"/>
+      <c r="B27" s="62"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="131"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="20"/>
     </row>
     <row r="28" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="130"/>
-[...5 lines deleted...]
-      <c r="G28" s="27"/>
+      <c r="A28" s="61"/>
+      <c r="B28" s="62"/>
+      <c r="C28" s="18"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="131"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="20"/>
     </row>
     <row r="29" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="130"/>
-[...5 lines deleted...]
-      <c r="G29" s="27"/>
+      <c r="A29" s="61"/>
+      <c r="B29" s="62"/>
+      <c r="C29" s="18"/>
+      <c r="D29" s="19"/>
+      <c r="E29" s="131"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="20"/>
     </row>
     <row r="30" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="130"/>
-[...5 lines deleted...]
-      <c r="G30" s="27"/>
+      <c r="A30" s="61"/>
+      <c r="B30" s="62"/>
+      <c r="C30" s="18"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="131"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="20"/>
     </row>
     <row r="31" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="130"/>
-[...5 lines deleted...]
-      <c r="G31" s="27"/>
+      <c r="A31" s="61"/>
+      <c r="B31" s="62"/>
+      <c r="C31" s="18"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="131"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="20"/>
     </row>
     <row r="32" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="130"/>
-[...5 lines deleted...]
-      <c r="G32" s="27"/>
+      <c r="A32" s="61"/>
+      <c r="B32" s="62"/>
+      <c r="C32" s="18"/>
+      <c r="D32" s="19"/>
+      <c r="E32" s="131"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="20"/>
     </row>
     <row r="33" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="130"/>
-[...5 lines deleted...]
-      <c r="G33" s="27"/>
+      <c r="A33" s="61"/>
+      <c r="B33" s="62"/>
+      <c r="C33" s="18"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="131"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="20"/>
     </row>
     <row r="34" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="130"/>
-[...5 lines deleted...]
-      <c r="G34" s="27"/>
+      <c r="A34" s="61"/>
+      <c r="B34" s="62"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="131"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="20"/>
     </row>
     <row r="35" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="130"/>
-[...5 lines deleted...]
-      <c r="G35" s="27"/>
+      <c r="A35" s="61"/>
+      <c r="B35" s="62"/>
+      <c r="C35" s="18"/>
+      <c r="D35" s="19"/>
+      <c r="E35" s="131"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="20"/>
     </row>
     <row r="36" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="130"/>
-[...5 lines deleted...]
-      <c r="G36" s="27"/>
+      <c r="A36" s="61"/>
+      <c r="B36" s="62"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="131"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="20"/>
     </row>
     <row r="37" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="130"/>
-[...5 lines deleted...]
-      <c r="G37" s="27"/>
+      <c r="A37" s="61"/>
+      <c r="B37" s="62"/>
+      <c r="C37" s="18"/>
+      <c r="D37" s="19"/>
+      <c r="E37" s="131"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="20"/>
     </row>
     <row r="38" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="130"/>
-[...5 lines deleted...]
-      <c r="G38" s="27"/>
+      <c r="A38" s="61"/>
+      <c r="B38" s="62"/>
+      <c r="C38" s="18"/>
+      <c r="D38" s="19"/>
+      <c r="E38" s="131"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="20"/>
     </row>
     <row r="39" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="130"/>
-[...5 lines deleted...]
-      <c r="G39" s="27"/>
+      <c r="A39" s="61"/>
+      <c r="B39" s="62"/>
+      <c r="C39" s="18"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="131"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="20"/>
     </row>
     <row r="40" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="130"/>
-[...5 lines deleted...]
-      <c r="G40" s="27"/>
+      <c r="A40" s="61"/>
+      <c r="B40" s="62"/>
+      <c r="C40" s="18"/>
+      <c r="D40" s="19"/>
+      <c r="E40" s="131"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="20"/>
     </row>
     <row r="41" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="130"/>
-[...5 lines deleted...]
-      <c r="G41" s="27"/>
+      <c r="A41" s="61"/>
+      <c r="B41" s="62"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="19"/>
+      <c r="E41" s="131"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="20"/>
     </row>
     <row r="42" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="130"/>
-[...5 lines deleted...]
-      <c r="G42" s="27"/>
+      <c r="A42" s="61"/>
+      <c r="B42" s="62"/>
+      <c r="C42" s="18"/>
+      <c r="D42" s="19"/>
+      <c r="E42" s="131"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="20"/>
     </row>
     <row r="43" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="130"/>
-[...5 lines deleted...]
-      <c r="G43" s="27"/>
+      <c r="A43" s="61"/>
+      <c r="B43" s="62"/>
+      <c r="C43" s="18"/>
+      <c r="D43" s="19"/>
+      <c r="E43" s="131"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="20"/>
     </row>
     <row r="44" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="130"/>
-[...5 lines deleted...]
-      <c r="G44" s="27"/>
+      <c r="A44" s="61"/>
+      <c r="B44" s="62"/>
+      <c r="C44" s="18"/>
+      <c r="D44" s="19"/>
+      <c r="E44" s="131"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="20"/>
     </row>
     <row r="45" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="130"/>
-[...5 lines deleted...]
-      <c r="G45" s="27"/>
+      <c r="A45" s="61"/>
+      <c r="B45" s="62"/>
+      <c r="C45" s="18"/>
+      <c r="D45" s="19"/>
+      <c r="E45" s="131"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="20"/>
     </row>
     <row r="46" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="130"/>
-[...5 lines deleted...]
-      <c r="G46" s="27"/>
+      <c r="A46" s="61"/>
+      <c r="B46" s="62"/>
+      <c r="C46" s="18"/>
+      <c r="D46" s="19"/>
+      <c r="E46" s="131"/>
+      <c r="F46" s="18"/>
+      <c r="G46" s="20"/>
     </row>
     <row r="47" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="130"/>
-[...5 lines deleted...]
-      <c r="G47" s="27"/>
+      <c r="A47" s="61"/>
+      <c r="B47" s="62"/>
+      <c r="C47" s="18"/>
+      <c r="D47" s="19"/>
+      <c r="E47" s="131"/>
+      <c r="F47" s="18"/>
+      <c r="G47" s="20"/>
     </row>
     <row r="48" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="130"/>
-[...5 lines deleted...]
-      <c r="G48" s="27"/>
+      <c r="A48" s="61"/>
+      <c r="B48" s="62"/>
+      <c r="C48" s="18"/>
+      <c r="D48" s="19"/>
+      <c r="E48" s="131"/>
+      <c r="F48" s="18"/>
+      <c r="G48" s="20"/>
     </row>
     <row r="49" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="130"/>
-[...5 lines deleted...]
-      <c r="G49" s="27"/>
+      <c r="A49" s="61"/>
+      <c r="B49" s="62"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="19"/>
+      <c r="E49" s="131"/>
+      <c r="F49" s="18"/>
+      <c r="G49" s="20"/>
     </row>
     <row r="50" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="130"/>
-[...8 lines deleted...]
-      <c r="A51" s="33" t="s">
+      <c r="A50" s="61"/>
+      <c r="B50" s="62"/>
+      <c r="C50" s="18"/>
+      <c r="D50" s="19"/>
+      <c r="E50" s="131"/>
+      <c r="F50" s="18"/>
+      <c r="G50" s="20"/>
+    </row>
+    <row r="51" spans="1:7" s="30" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="26" t="s">
         <v>121</v>
       </c>
-      <c r="B51" s="34"/>
-      <c r="C51" s="35">
+      <c r="B51" s="27"/>
+      <c r="C51" s="28">
         <f>SUM(C14:C50)</f>
         <v>0</v>
       </c>
-      <c r="D51" s="34"/>
-[...1 lines deleted...]
-      <c r="F51" s="35">
+      <c r="D51" s="27"/>
+      <c r="E51" s="131"/>
+      <c r="F51" s="28">
         <f>SUM(F14:F50)</f>
         <v>0</v>
       </c>
-      <c r="G51" s="36"/>
+      <c r="G51" s="29"/>
     </row>
     <row r="52" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="38"/>
-[...5 lines deleted...]
-      <c r="G52" s="40"/>
+      <c r="A52" s="31"/>
+      <c r="B52" s="25"/>
+      <c r="C52" s="32"/>
+      <c r="D52" s="25"/>
+      <c r="E52" s="131"/>
+      <c r="F52" s="32"/>
+      <c r="G52" s="33"/>
     </row>
     <row r="53" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="38" t="s">
+      <c r="A53" s="31" t="s">
         <v>118</v>
       </c>
-      <c r="B53" s="32"/>
-      <c r="C53" s="41">
+      <c r="B53" s="25"/>
+      <c r="C53" s="34">
         <f>C51*0.06</f>
         <v>0</v>
       </c>
-      <c r="D53" s="32"/>
-[...1 lines deleted...]
-      <c r="F53" s="41">
+      <c r="D53" s="25"/>
+      <c r="E53" s="131"/>
+      <c r="F53" s="34">
         <f>F51*0.06</f>
         <v>0</v>
       </c>
-      <c r="G53" s="40"/>
+      <c r="G53" s="33"/>
     </row>
     <row r="54" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="38" t="s">
+      <c r="A54" s="31" t="s">
         <v>119</v>
       </c>
-      <c r="B54" s="32"/>
-      <c r="C54" s="41">
+      <c r="B54" s="25"/>
+      <c r="C54" s="34">
         <f>C51*0.02</f>
         <v>0</v>
       </c>
-      <c r="D54" s="32"/>
-[...1 lines deleted...]
-      <c r="F54" s="41">
+      <c r="D54" s="25"/>
+      <c r="E54" s="131"/>
+      <c r="F54" s="34">
         <f>F51*0.02</f>
         <v>0</v>
       </c>
-      <c r="G54" s="40"/>
+      <c r="G54" s="33"/>
     </row>
     <row r="55" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="38" t="s">
+      <c r="A55" s="31" t="s">
         <v>120</v>
       </c>
-      <c r="B55" s="32"/>
-      <c r="C55" s="41">
+      <c r="B55" s="25"/>
+      <c r="C55" s="34">
         <f>C51*0.06</f>
         <v>0</v>
       </c>
-      <c r="D55" s="32"/>
-[...1 lines deleted...]
-      <c r="F55" s="41">
+      <c r="D55" s="25"/>
+      <c r="E55" s="131"/>
+      <c r="F55" s="34">
         <f>F51*0.06</f>
         <v>0</v>
       </c>
-      <c r="G55" s="40"/>
+      <c r="G55" s="33"/>
     </row>
     <row r="56" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="38"/>
-[...8 lines deleted...]
-      <c r="A57" s="42" t="s">
+      <c r="A56" s="31"/>
+      <c r="B56" s="25"/>
+      <c r="C56" s="32"/>
+      <c r="D56" s="25"/>
+      <c r="E56" s="131"/>
+      <c r="F56" s="32"/>
+      <c r="G56" s="33"/>
+    </row>
+    <row r="57" spans="1:7" s="30" customFormat="1" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="35" t="s">
         <v>122</v>
       </c>
-      <c r="B57" s="43"/>
-      <c r="C57" s="44">
+      <c r="B57" s="36"/>
+      <c r="C57" s="37">
         <f>SUM(C51,C53:C55)</f>
         <v>0</v>
       </c>
-      <c r="D57" s="43"/>
-[...1 lines deleted...]
-      <c r="F57" s="44">
+      <c r="D57" s="36"/>
+      <c r="E57" s="129"/>
+      <c r="F57" s="37">
         <f>SUM(F51,F53:F55)</f>
         <v>0</v>
       </c>
-      <c r="G57" s="45"/>
+      <c r="G57" s="38"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="4HVGhVZlLQR3S1/cVobtmD6F38jkL4q7UQCG86vB4PcNVhsg8kOqLxEngEGQwiKbFmBoATY4pc3IpB0YaCnaWw==" saltValue="BM6ee7potklMAH8olkufXg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <customSheetViews>
     <customSheetView guid="{34248305-4881-4967-AF12-F11FBED25AA9}" scale="80" fitToPage="1" topLeftCell="A22">
       <selection activeCell="A11" sqref="A11:G11"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup scale="56" orientation="landscape" r:id="rId1"/>
     </customSheetView>
     <customSheetView guid="{D6184B4A-43CD-41AA-AF58-F0DC6FE8AC71}" scale="80" fitToPage="1" topLeftCell="A22">
       <selection activeCell="A15" sqref="A15"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup scale="56" orientation="landscape" r:id="rId2"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="14">
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="A10:G10"/>
     <mergeCell ref="A11:G11"/>
     <mergeCell ref="E12:E57"/>
     <mergeCell ref="A1:G2"/>
     <mergeCell ref="A8:G8"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="A3:G3"/>